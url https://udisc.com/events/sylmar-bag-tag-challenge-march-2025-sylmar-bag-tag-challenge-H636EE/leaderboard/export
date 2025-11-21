--- v0 (2025-10-28)
+++ v1 (2025-11-21)
@@ -4156,200 +4156,203 @@
       </c>
       <c r="Y44">
         <v>4</v>
       </c>
       <c r="Z44">
         <v>4</v>
       </c>
       <c r="AA44">
         <v>4</v>
       </c>
       <c r="AB44">
         <v>4</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>GEN</v>
       </c>
       <c r="B45" t="str">
         <v>T44</v>
       </c>
       <c r="C45">
         <v>44</v>
       </c>
       <c r="D45" t="str">
-        <v>Angieee</v>
+        <v>Rafael Sandoval</v>
       </c>
       <c r="E45">
         <v>12</v>
       </c>
       <c r="F45">
         <v>66</v>
       </c>
+      <c r="G45">
+        <v>317428</v>
+      </c>
       <c r="H45" t="str">
-        <v>throwplaztec</v>
+        <v>rafael24</v>
       </c>
       <c r="I45">
         <v>12</v>
       </c>
       <c r="J45">
         <v>66</v>
       </c>
       <c r="K45">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L45">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M45">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N45">
         <v>3</v>
       </c>
       <c r="O45">
         <v>4</v>
       </c>
       <c r="P45">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q45">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R45">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="S45">
         <v>3</v>
       </c>
       <c r="T45">
         <v>3</v>
       </c>
       <c r="U45">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V45">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W45">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X45">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="Y45">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z45">
         <v>4</v>
       </c>
       <c r="AA45">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB45">
         <v>4</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>GEN</v>
       </c>
       <c r="B46" t="str">
         <v>T44</v>
       </c>
       <c r="C46">
         <v>44</v>
       </c>
       <c r="D46" t="str">
-        <v>Rafael Sandoval</v>
+        <v>Angieee</v>
       </c>
       <c r="E46">
         <v>12</v>
       </c>
       <c r="F46">
         <v>66</v>
       </c>
       <c r="H46" t="str">
-        <v>rafael24</v>
+        <v>throwplaztec</v>
       </c>
       <c r="I46">
         <v>12</v>
       </c>
       <c r="J46">
         <v>66</v>
       </c>
       <c r="K46">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L46">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M46">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N46">
         <v>3</v>
       </c>
       <c r="O46">
         <v>4</v>
       </c>
       <c r="P46">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q46">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R46">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="S46">
         <v>3</v>
       </c>
       <c r="T46">
         <v>3</v>
       </c>
       <c r="U46">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V46">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W46">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X46">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="Y46">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z46">
         <v>4</v>
       </c>
       <c r="AA46">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB46">
         <v>4</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v>GEN</v>
       </c>
       <c r="B47" t="str">
         <v>46</v>
       </c>
       <c r="C47">
         <v>46</v>
       </c>
       <c r="D47" t="str">
         <v>Rene Conant</v>
       </c>
       <c r="E47">
         <v>13</v>
       </c>
       <c r="F47">
         <v>67</v>
       </c>
       <c r="G47">