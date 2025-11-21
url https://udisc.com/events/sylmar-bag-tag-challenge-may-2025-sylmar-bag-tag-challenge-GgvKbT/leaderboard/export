--- v0 (2025-10-28)
+++ v1 (2025-11-21)
@@ -3251,50 +3251,53 @@
         <v>3</v>
       </c>
       <c r="AB33">
         <v>3</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>GEN</v>
       </c>
       <c r="B34" t="str">
         <v>T33</v>
       </c>
       <c r="C34">
         <v>33</v>
       </c>
       <c r="D34" t="str">
         <v>Bradley Thomas</v>
       </c>
       <c r="E34">
         <v>5</v>
       </c>
       <c r="F34">
         <v>59</v>
       </c>
+      <c r="G34">
+        <v>101602</v>
+      </c>
       <c r="H34" t="str">
         <v>turbodisc69</v>
       </c>
       <c r="I34">
         <v>5</v>
       </c>
       <c r="J34">
         <v>59</v>
       </c>
       <c r="K34">
         <v>4</v>
       </c>
       <c r="L34">
         <v>3</v>
       </c>
       <c r="M34">
         <v>3</v>
       </c>
       <c r="N34">
         <v>3</v>
       </c>
       <c r="O34">
         <v>3</v>
       </c>
       <c r="P34">
@@ -4510,50 +4513,53 @@
       <c r="AA48">
         <v>4</v>
       </c>
       <c r="AB48">
         <v>3</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
         <v>GEN</v>
       </c>
       <c r="B49" t="str">
         <v>48</v>
       </c>
       <c r="C49">
         <v>48</v>
       </c>
       <c r="D49" t="str">
         <v>Rafael Sandoval</v>
       </c>
       <c r="E49">
         <v>9</v>
       </c>
       <c r="F49">
         <v>63</v>
+      </c>
+      <c r="G49">
+        <v>317428</v>
       </c>
       <c r="H49" t="str">
         <v>rafael24</v>
       </c>
       <c r="I49">
         <v>9</v>
       </c>
       <c r="J49">
         <v>63</v>
       </c>
       <c r="K49">
         <v>3</v>
       </c>
       <c r="L49">
         <v>5</v>
       </c>
       <c r="M49">
         <v>4</v>
       </c>
       <c r="N49">
         <v>3</v>
       </c>
       <c r="O49">
         <v>3</v>
       </c>