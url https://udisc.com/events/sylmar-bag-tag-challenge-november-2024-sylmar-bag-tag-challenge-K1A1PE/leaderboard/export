--- v0 (2025-10-28)
+++ v1 (2025-11-21)
@@ -3416,212 +3416,215 @@
       </c>
       <c r="Z34">
         <v>4</v>
       </c>
       <c r="AA34">
         <v>4</v>
       </c>
       <c r="AB34">
         <v>4</v>
       </c>
       <c r="AC34">
         <v>54</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>GEN</v>
       </c>
       <c r="B35" t="str">
         <v>T34</v>
       </c>
       <c r="C35">
         <v>34</v>
       </c>
       <c r="D35" t="str">
-        <v>Troy Thomas</v>
+        <v>Bradley Thomas</v>
       </c>
       <c r="E35">
         <v>9</v>
       </c>
       <c r="F35">
         <v>64</v>
       </c>
       <c r="G35">
-        <v>274367</v>
+        <v>101602</v>
       </c>
       <c r="H35" t="str">
-        <v>supertroy123</v>
+        <v>turbodisc69</v>
       </c>
       <c r="I35">
         <v>9</v>
       </c>
       <c r="J35">
         <v>64</v>
       </c>
       <c r="K35">
         <v>4</v>
       </c>
       <c r="L35">
         <v>2</v>
       </c>
       <c r="M35">
         <v>4</v>
       </c>
       <c r="N35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R35">
         <v>4</v>
       </c>
       <c r="S35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U35">
         <v>3</v>
       </c>
       <c r="V35">
         <v>3</v>
       </c>
       <c r="W35">
         <v>4</v>
       </c>
       <c r="X35">
         <v>4</v>
       </c>
       <c r="Y35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA35">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB35">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AC35">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>GEN</v>
       </c>
       <c r="B36" t="str">
         <v>T34</v>
       </c>
       <c r="C36">
         <v>34</v>
       </c>
       <c r="D36" t="str">
-        <v>Bradley Thomas</v>
+        <v>Troy Thomas</v>
       </c>
       <c r="E36">
         <v>9</v>
       </c>
       <c r="F36">
         <v>64</v>
       </c>
+      <c r="G36">
+        <v>274367</v>
+      </c>
       <c r="H36" t="str">
-        <v>turbodisc69</v>
+        <v>supertroy123</v>
       </c>
       <c r="I36">
         <v>9</v>
       </c>
       <c r="J36">
         <v>64</v>
       </c>
       <c r="K36">
         <v>4</v>
       </c>
       <c r="L36">
         <v>2</v>
       </c>
       <c r="M36">
         <v>4</v>
       </c>
       <c r="N36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R36">
         <v>4</v>
       </c>
       <c r="S36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U36">
         <v>3</v>
       </c>
       <c r="V36">
         <v>3</v>
       </c>
       <c r="W36">
         <v>4</v>
       </c>
       <c r="X36">
         <v>4</v>
       </c>
       <c r="Y36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA36">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB36">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AC36">
-        <v>64</v>
+        <v>62</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>GEN</v>
       </c>
       <c r="B37" t="str">
         <v>T34</v>
       </c>
       <c r="C37">
         <v>34</v>
       </c>
       <c r="D37" t="str">
         <v>Chris Sardelich</v>
       </c>
       <c r="E37">
         <v>9</v>
       </c>
       <c r="F37">
         <v>64</v>
       </c>
       <c r="H37" t="str">
         <v>chrissardelich</v>
       </c>
       <c r="I37">
@@ -4712,209 +4715,212 @@
       </c>
       <c r="Z49">
         <v>4</v>
       </c>
       <c r="AA49">
         <v>5</v>
       </c>
       <c r="AB49">
         <v>5</v>
       </c>
       <c r="AC49">
         <v>84</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
         <v>GEN</v>
       </c>
       <c r="B50" t="str">
         <v>T48</v>
       </c>
       <c r="C50">
         <v>48</v>
       </c>
       <c r="D50" t="str">
-        <v>Benny Pawloski</v>
+        <v>Rafael Sandoval</v>
       </c>
       <c r="E50">
         <v>18</v>
       </c>
       <c r="F50">
         <v>73</v>
       </c>
+      <c r="G50">
+        <v>317428</v>
+      </c>
       <c r="H50" t="str">
-        <v>bennyluvv</v>
+        <v>rafael24</v>
       </c>
       <c r="I50">
         <v>18</v>
       </c>
       <c r="J50">
         <v>73</v>
       </c>
       <c r="K50">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L50">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M50">
         <v>4</v>
       </c>
       <c r="N50">
         <v>5</v>
       </c>
       <c r="O50">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P50">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q50">
         <v>4</v>
       </c>
       <c r="R50">
         <v>5</v>
       </c>
       <c r="S50">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T50">
         <v>3</v>
       </c>
       <c r="U50">
         <v>3</v>
       </c>
       <c r="V50">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W50">
         <v>4</v>
       </c>
       <c r="X50">
         <v>4</v>
       </c>
       <c r="Y50">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z50">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AA50">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB50">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="AC50">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
         <v>GEN</v>
       </c>
       <c r="B51" t="str">
         <v>T48</v>
       </c>
       <c r="C51">
         <v>48</v>
       </c>
       <c r="D51" t="str">
-        <v>Rafael Sandoval</v>
+        <v>Benny Pawloski</v>
       </c>
       <c r="E51">
         <v>18</v>
       </c>
       <c r="F51">
         <v>73</v>
       </c>
       <c r="H51" t="str">
-        <v>rafael24</v>
+        <v>bennyluvv</v>
       </c>
       <c r="I51">
         <v>18</v>
       </c>
       <c r="J51">
         <v>73</v>
       </c>
       <c r="K51">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="L51">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M51">
         <v>4</v>
       </c>
       <c r="N51">
         <v>5</v>
       </c>
       <c r="O51">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P51">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q51">
         <v>4</v>
       </c>
       <c r="R51">
         <v>5</v>
       </c>
       <c r="S51">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T51">
         <v>3</v>
       </c>
       <c r="U51">
         <v>3</v>
       </c>
       <c r="V51">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W51">
         <v>4</v>
       </c>
       <c r="X51">
         <v>4</v>
       </c>
       <c r="Y51">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z51">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AA51">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB51">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="AC51">
-        <v>86</v>
+        <v>85</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AC51"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>