--- v1 (2025-11-21)
+++ v2 (2026-02-01)
@@ -728,50 +728,53 @@
         <v>3</v>
       </c>
       <c r="AC3">
         <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Jeff broderick</v>
       </c>
       <c r="E4">
         <v>-2</v>
       </c>
       <c r="F4">
         <v>53</v>
       </c>
+      <c r="G4">
+        <v>267659</v>
+      </c>
       <c r="H4" t="str">
         <v>jeff95</v>
       </c>
       <c r="I4">
         <v>-2</v>
       </c>
       <c r="J4">
         <v>53</v>
       </c>
       <c r="K4">
         <v>2</v>
       </c>
       <c r="L4">
         <v>2</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">