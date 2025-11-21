--- v0 (2025-10-28)
+++ v1 (2025-11-21)
@@ -4250,50 +4250,53 @@
         <v>3</v>
       </c>
       <c r="AB45">
         <v>3</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>GEN</v>
       </c>
       <c r="B46" t="str">
         <v>45</v>
       </c>
       <c r="C46">
         <v>45</v>
       </c>
       <c r="D46" t="str">
         <v>Bradley Thomas</v>
       </c>
       <c r="E46">
         <v>4</v>
       </c>
       <c r="F46">
         <v>58</v>
       </c>
+      <c r="G46">
+        <v>101602</v>
+      </c>
       <c r="H46" t="str">
         <v>turbodisc69</v>
       </c>
       <c r="I46">
         <v>4</v>
       </c>
       <c r="J46">
         <v>58</v>
       </c>
       <c r="K46">
         <v>3</v>
       </c>
       <c r="L46">
         <v>2</v>
       </c>
       <c r="M46">
         <v>4</v>
       </c>
       <c r="N46">
         <v>4</v>
       </c>
       <c r="O46">
         <v>3</v>
       </c>
       <c r="P46">
@@ -4667,50 +4670,53 @@
       <c r="AA50">
         <v>3</v>
       </c>
       <c r="AB50">
         <v>4</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
         <v>GEN</v>
       </c>
       <c r="B51" t="str">
         <v>50</v>
       </c>
       <c r="C51">
         <v>50</v>
       </c>
       <c r="D51" t="str">
         <v>Rafael Sandoval</v>
       </c>
       <c r="E51">
         <v>9</v>
       </c>
       <c r="F51">
         <v>63</v>
+      </c>
+      <c r="G51">
+        <v>317428</v>
       </c>
       <c r="H51" t="str">
         <v>rafael24</v>
       </c>
       <c r="I51">
         <v>9</v>
       </c>
       <c r="J51">
         <v>63</v>
       </c>
       <c r="K51">
         <v>4</v>
       </c>
       <c r="L51">
         <v>2</v>
       </c>
       <c r="M51">
         <v>3</v>
       </c>
       <c r="N51">
         <v>4</v>
       </c>
       <c r="O51">
         <v>6</v>
       </c>