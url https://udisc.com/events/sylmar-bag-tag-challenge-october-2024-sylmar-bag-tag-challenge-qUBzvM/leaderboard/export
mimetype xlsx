--- v1 (2025-11-21)
+++ v2 (2026-02-01)
@@ -1390,203 +1390,206 @@
       </c>
       <c r="Y11">
         <v>2</v>
       </c>
       <c r="Z11">
         <v>3</v>
       </c>
       <c r="AA11">
         <v>2</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>T11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
-        <v xml:space="preserve">Ernesto Robles </v>
+        <v>Jeff broderick</v>
       </c>
       <c r="E12">
         <v>-6</v>
       </c>
       <c r="F12">
         <v>48</v>
       </c>
+      <c r="G12">
+        <v>267659</v>
+      </c>
       <c r="H12" t="str">
-        <v>nessabc</v>
+        <v>jeff95</v>
       </c>
       <c r="I12">
         <v>-6</v>
       </c>
       <c r="J12">
         <v>48</v>
       </c>
       <c r="K12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M12">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="N12">
         <v>2</v>
       </c>
       <c r="O12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q12">
         <v>3</v>
       </c>
       <c r="R12">
         <v>2</v>
       </c>
       <c r="S12">
         <v>3</v>
       </c>
       <c r="T12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U12">
         <v>3</v>
       </c>
       <c r="V12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W12">
         <v>3</v>
       </c>
       <c r="X12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y12">
         <v>2</v>
       </c>
       <c r="Z12">
         <v>3</v>
       </c>
       <c r="AA12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB12">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>T11</v>
       </c>
       <c r="C13">
         <v>11</v>
       </c>
       <c r="D13" t="str">
-        <v>Jeff broderick</v>
+        <v xml:space="preserve">Ernesto Robles </v>
       </c>
       <c r="E13">
         <v>-6</v>
       </c>
       <c r="F13">
         <v>48</v>
       </c>
       <c r="H13" t="str">
-        <v>jeff95</v>
+        <v>nessabc</v>
       </c>
       <c r="I13">
         <v>-6</v>
       </c>
       <c r="J13">
         <v>48</v>
       </c>
       <c r="K13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M13">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="N13">
         <v>2</v>
       </c>
       <c r="O13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q13">
         <v>3</v>
       </c>
       <c r="R13">
         <v>2</v>
       </c>
       <c r="S13">
         <v>3</v>
       </c>
       <c r="T13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U13">
         <v>3</v>
       </c>
       <c r="V13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W13">
         <v>3</v>
       </c>
       <c r="X13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y13">
         <v>2</v>
       </c>
       <c r="Z13">
         <v>3</v>
       </c>
       <c r="AA13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB13">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>T11</v>
       </c>
       <c r="C14">
         <v>11</v>
       </c>
       <c r="D14" t="str">
         <v>Julio lozano</v>
       </c>
       <c r="E14">
         <v>-6</v>
       </c>
       <c r="F14">
         <v>48</v>
       </c>
       <c r="H14" t="str">
         <v>julio03</v>
       </c>
       <c r="I14">