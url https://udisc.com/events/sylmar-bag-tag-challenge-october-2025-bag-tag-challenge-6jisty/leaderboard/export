--- v0 (2025-12-18)
+++ v1 (2026-02-01)
@@ -1811,203 +1811,206 @@
       </c>
       <c r="Y16">
         <v>2</v>
       </c>
       <c r="Z16">
         <v>5</v>
       </c>
       <c r="AA16">
         <v>3</v>
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
         <v>T16</v>
       </c>
       <c r="C17">
         <v>16</v>
       </c>
       <c r="D17" t="str">
-        <v>JOOSE</v>
+        <v>Jeff Broderick</v>
       </c>
       <c r="E17">
         <v>3</v>
       </c>
       <c r="F17">
         <v>58</v>
       </c>
+      <c r="G17">
+        <v>267659</v>
+      </c>
       <c r="H17" t="str">
-        <v>joose369</v>
+        <v>jeff95</v>
       </c>
       <c r="I17">
         <v>3</v>
       </c>
       <c r="J17">
         <v>58</v>
       </c>
       <c r="K17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S17">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="T17">
         <v>3</v>
       </c>
       <c r="U17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V17">
         <v>2</v>
       </c>
       <c r="W17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X17">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z17">
         <v>4</v>
       </c>
       <c r="AA17">
         <v>3</v>
       </c>
       <c r="AB17">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
         <v>T16</v>
       </c>
       <c r="C18">
         <v>16</v>
       </c>
       <c r="D18" t="str">
-        <v>Jeff Broderick</v>
+        <v>JOOSE</v>
       </c>
       <c r="E18">
         <v>3</v>
       </c>
       <c r="F18">
         <v>58</v>
       </c>
       <c r="H18" t="str">
-        <v>jeff95</v>
+        <v>joose369</v>
       </c>
       <c r="I18">
         <v>3</v>
       </c>
       <c r="J18">
         <v>58</v>
       </c>
       <c r="K18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S18">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="T18">
         <v>3</v>
       </c>
       <c r="U18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V18">
         <v>2</v>
       </c>
       <c r="W18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z18">
         <v>4</v>
       </c>
       <c r="AA18">
         <v>3</v>
       </c>
       <c r="AB18">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
         <v>T16</v>
       </c>
       <c r="C19">
         <v>16</v>
       </c>
       <c r="D19" t="str">
         <v>Mariano Cabrera</v>
       </c>
       <c r="E19">
         <v>3</v>
       </c>
       <c r="F19">
         <v>58</v>
       </c>
       <c r="H19" t="str">
         <v>sk88766</v>
       </c>
       <c r="I19">