--- v0 (2025-10-28)
+++ v1 (2025-11-21)
@@ -4087,50 +4087,53 @@
         <v>3</v>
       </c>
       <c r="AB43">
         <v>3</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>GEN</v>
       </c>
       <c r="B44" t="str">
         <v>T43</v>
       </c>
       <c r="C44">
         <v>43</v>
       </c>
       <c r="D44" t="str">
         <v>Rafael Sandoval</v>
       </c>
       <c r="E44">
         <v>6</v>
       </c>
       <c r="F44">
         <v>61</v>
       </c>
+      <c r="G44">
+        <v>317428</v>
+      </c>
       <c r="H44" t="str">
         <v>rafael24</v>
       </c>
       <c r="I44">
         <v>6</v>
       </c>
       <c r="J44">
         <v>61</v>
       </c>
       <c r="K44">
         <v>4</v>
       </c>
       <c r="L44">
         <v>3</v>
       </c>
       <c r="M44">
         <v>4</v>
       </c>
       <c r="N44">
         <v>3</v>
       </c>
       <c r="O44">
         <v>3</v>
       </c>
       <c r="P44">