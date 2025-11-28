--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -1989,51 +1989,51 @@
       </c>
       <c r="L42">
         <v>61</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>MA4</v>
       </c>
       <c r="B43" t="str">
         <v>T10</v>
       </c>
       <c r="C43">
         <v>10</v>
       </c>
       <c r="D43" t="str">
         <v>Oskar Elenius</v>
       </c>
       <c r="E43">
         <v>9</v>
       </c>
       <c r="F43">
         <v>125</v>
       </c>
       <c r="H43" t="str">
-        <v>oskarelenius</v>
+        <v>oskar777</v>
       </c>
       <c r="I43">
         <v>6</v>
       </c>
       <c r="J43">
         <v>3</v>
       </c>
       <c r="K43">
         <v>64</v>
       </c>
       <c r="L43">
         <v>61</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>MA4</v>
       </c>
       <c r="B44" t="str">
         <v>12</v>
       </c>
       <c r="C44">
         <v>12</v>
       </c>
       <c r="D44" t="str">
@@ -6017,51 +6017,51 @@
       </c>
       <c r="AB42">
         <v>2</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>MA4</v>
       </c>
       <c r="B43" t="str">
         <v>T9</v>
       </c>
       <c r="C43">
         <v>9</v>
       </c>
       <c r="D43" t="str">
         <v>Oskar Elenius</v>
       </c>
       <c r="E43">
         <v>6</v>
       </c>
       <c r="F43">
         <v>64</v>
       </c>
       <c r="H43" t="str">
-        <v>oskarelenius</v>
+        <v>oskar777</v>
       </c>
       <c r="I43">
         <v>6</v>
       </c>
       <c r="J43">
         <v>64</v>
       </c>
       <c r="K43">
         <v>4</v>
       </c>
       <c r="L43">
         <v>3</v>
       </c>
       <c r="M43">
         <v>3</v>
       </c>
       <c r="N43">
         <v>2</v>
       </c>
       <c r="O43">
         <v>3</v>
       </c>
       <c r="P43">
         <v>4</v>
       </c>
@@ -10621,51 +10621,51 @@
       </c>
       <c r="AB42">
         <v>2</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>MA4</v>
       </c>
       <c r="B43" t="str">
         <v>T10</v>
       </c>
       <c r="C43">
         <v>10</v>
       </c>
       <c r="D43" t="str">
         <v>Oskar Elenius</v>
       </c>
       <c r="E43">
         <v>9</v>
       </c>
       <c r="F43">
         <v>125</v>
       </c>
       <c r="H43" t="str">
-        <v>oskarelenius</v>
+        <v>oskar777</v>
       </c>
       <c r="I43">
         <v>3</v>
       </c>
       <c r="J43">
         <v>61</v>
       </c>
       <c r="K43">
         <v>3</v>
       </c>
       <c r="L43">
         <v>3</v>
       </c>
       <c r="M43">
         <v>4</v>
       </c>
       <c r="N43">
         <v>2</v>
       </c>
       <c r="O43">
         <v>3</v>
       </c>
       <c r="P43">
         <v>2</v>
       </c>