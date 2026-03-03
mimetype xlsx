--- v0 (2025-11-26)
+++ v1 (2026-03-03)
@@ -791,54 +791,54 @@
       </c>
       <c r="W4">
         <v>2</v>
       </c>
       <c r="X4">
         <v>3</v>
       </c>
       <c r="Y4">
         <v>2</v>
       </c>
       <c r="Z4">
         <v>2</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
         <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MP40</v>
       </c>
       <c r="B5" t="str">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D5" t="str">
         <v>BigRobRob</v>
       </c>
       <c r="E5">
         <v>4</v>
       </c>
       <c r="F5">
         <v>58</v>
       </c>
       <c r="H5" t="str">
         <v>bigrob</v>
       </c>
       <c r="I5">
         <v>4</v>
       </c>
       <c r="J5">
         <v>58</v>
       </c>
       <c r="K5">
         <v>4</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>