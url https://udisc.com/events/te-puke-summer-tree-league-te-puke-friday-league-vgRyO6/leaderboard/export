--- v0 (2025-12-06)
+++ v1 (2026-01-12)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:T29"/>
+  <dimension ref="A1:T28"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="12.83203125" customWidth="1"/>
     <col min="8" max="8" width="11.83203125" customWidth="1"/>
     <col min="9" max="9" width="8.83203125" customWidth="1"/>
     <col min="10" max="10" width="20.83203125" customWidth="1"/>
     <col min="11" max="11" width="17.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="6.83203125" customWidth="1"/>
   </cols>
@@ -1524,644 +1524,618 @@
         <v>4</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>4</v>
       </c>
       <c r="Q18">
         <v>4</v>
       </c>
       <c r="R18">
         <v>4</v>
       </c>
       <c r="S18">
         <v>5</v>
       </c>
       <c r="T18">
         <v>4</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
+      <c r="B19" t="str">
+        <v>DUP</v>
+      </c>
       <c r="D19" t="str">
-        <v>Wil materna</v>
+        <v>Quentin Suppers</v>
       </c>
       <c r="E19">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="F19">
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="G19">
         <v>1</v>
       </c>
+      <c r="H19">
+        <v>180716</v>
+      </c>
       <c r="I19" t="str">
-        <v>wildan84</v>
+        <v>quiggidy</v>
       </c>
       <c r="J19">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="K19">
-        <v>0</v>
+        <v>26</v>
+      </c>
+      <c r="L19">
+        <v>3</v>
+      </c>
+      <c r="M19">
+        <v>3</v>
+      </c>
+      <c r="N19">
+        <v>3</v>
+      </c>
+      <c r="O19">
+        <v>3</v>
+      </c>
+      <c r="P19">
+        <v>2</v>
+      </c>
+      <c r="Q19">
+        <v>4</v>
+      </c>
+      <c r="R19">
+        <v>3</v>
+      </c>
+      <c r="S19">
+        <v>3</v>
+      </c>
+      <c r="T19">
+        <v>2</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>GEN</v>
       </c>
       <c r="B20" t="str">
         <v>DUP</v>
       </c>
       <c r="D20" t="str">
-        <v>Quentin Suppers</v>
+        <v>Clint Reha</v>
       </c>
       <c r="E20">
         <v>-2</v>
       </c>
       <c r="F20">
         <v>26</v>
       </c>
       <c r="G20">
         <v>1</v>
       </c>
       <c r="H20">
-        <v>180716</v>
+        <v>195299</v>
       </c>
       <c r="I20" t="str">
-        <v>quiggidy</v>
+        <v>clintreha</v>
       </c>
       <c r="J20">
         <v>-2</v>
       </c>
       <c r="K20">
         <v>26</v>
       </c>
       <c r="L20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M20">
         <v>3</v>
       </c>
       <c r="N20">
         <v>3</v>
       </c>
       <c r="O20">
         <v>3</v>
       </c>
       <c r="P20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R20">
         <v>3</v>
       </c>
       <c r="S20">
         <v>3</v>
       </c>
       <c r="T20">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>GEN</v>
       </c>
       <c r="B21" t="str">
         <v>DUP</v>
       </c>
       <c r="D21" t="str">
-        <v>Clint Reha</v>
+        <v>Luke Edwards</v>
       </c>
       <c r="E21">
-        <v>-2</v>
+        <v>-1</v>
       </c>
       <c r="F21">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G21">
         <v>1</v>
       </c>
       <c r="H21">
-        <v>195299</v>
+        <v>240459</v>
       </c>
       <c r="I21" t="str">
-        <v>clintreha</v>
+        <v>lukeedwards</v>
       </c>
       <c r="J21">
-        <v>-2</v>
+        <v>-1</v>
       </c>
       <c r="K21">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="L21">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N21">
         <v>3</v>
       </c>
       <c r="O21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S21">
         <v>3</v>
       </c>
       <c r="T21">
         <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>GEN</v>
       </c>
       <c r="B22" t="str">
         <v>DUP</v>
       </c>
       <c r="D22" t="str">
-        <v>Luke Edwards</v>
+        <v>Jack Brawn</v>
       </c>
       <c r="E22">
-        <v>-1</v>
+        <v>2</v>
       </c>
       <c r="F22">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="G22">
         <v>1</v>
       </c>
-      <c r="H22">
-[...1 lines deleted...]
-      </c>
       <c r="I22" t="str">
-        <v>lukeedwards</v>
+        <v>iceboyjack</v>
       </c>
       <c r="J22">
-        <v>-1</v>
+        <v>2</v>
       </c>
       <c r="K22">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="L22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N22">
         <v>3</v>
       </c>
       <c r="O22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P22">
         <v>4</v>
       </c>
       <c r="Q22">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R22">
         <v>2</v>
       </c>
       <c r="S22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T22">
         <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
       <c r="B23" t="str">
         <v>DUP</v>
       </c>
       <c r="D23" t="str">
-        <v>Jack Brawn</v>
+        <v>Jasper</v>
       </c>
       <c r="E23">
-        <v>2</v>
+        <v>-2</v>
       </c>
       <c r="F23">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="G23">
         <v>1</v>
       </c>
       <c r="I23" t="str">
-        <v>iceboyjack</v>
+        <v>jasperd</v>
       </c>
       <c r="J23">
-        <v>2</v>
+        <v>-2</v>
       </c>
       <c r="K23">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="L23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M23">
         <v>3</v>
       </c>
       <c r="N23">
         <v>3</v>
       </c>
       <c r="O23">
         <v>3</v>
       </c>
       <c r="P23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q23">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T23">
         <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>GEN</v>
       </c>
       <c r="B24" t="str">
         <v>DUP</v>
       </c>
       <c r="D24" t="str">
-        <v>Jasper</v>
+        <v>Jono crawford</v>
       </c>
       <c r="E24">
-        <v>-2</v>
+        <v>0</v>
       </c>
       <c r="F24">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="G24">
         <v>1</v>
       </c>
       <c r="I24" t="str">
-        <v>jasperd</v>
+        <v>jonoskate81</v>
       </c>
       <c r="J24">
-        <v>-2</v>
+        <v>0</v>
       </c>
       <c r="K24">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="L24">
         <v>2</v>
       </c>
       <c r="M24">
         <v>3</v>
       </c>
       <c r="N24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O24">
         <v>3</v>
       </c>
       <c r="P24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q24">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T24">
         <v>3</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>GEN</v>
       </c>
       <c r="B25" t="str">
         <v>DUP</v>
       </c>
       <c r="D25" t="str">
-        <v>Jono crawford</v>
+        <v>Ryan Alderton</v>
       </c>
       <c r="E25">
         <v>0</v>
       </c>
       <c r="F25">
         <v>28</v>
       </c>
       <c r="G25">
         <v>1</v>
       </c>
       <c r="I25" t="str">
-        <v>jonoskate81</v>
+        <v>cursedrhino</v>
       </c>
       <c r="J25">
         <v>0</v>
       </c>
       <c r="K25">
         <v>28</v>
       </c>
       <c r="L25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M25">
         <v>3</v>
       </c>
       <c r="N25">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="O25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q25">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R25">
         <v>2</v>
       </c>
       <c r="S25">
         <v>4</v>
       </c>
       <c r="T25">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
         <v>DUP</v>
       </c>
       <c r="D26" t="str">
-        <v>Ryan Alderton</v>
+        <v>Taylorkemen</v>
       </c>
       <c r="E26">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="F26">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="G26">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I26" t="str">
-        <v>cursedrhino</v>
+        <v>taylorkemen</v>
       </c>
       <c r="J26">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="K26">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="L26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M26">
         <v>3</v>
       </c>
       <c r="N26">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="O26">
         <v>2</v>
       </c>
       <c r="P26">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q26">
         <v>3</v>
       </c>
       <c r="R26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T26">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>GEN</v>
       </c>
       <c r="B27" t="str">
         <v>DUP</v>
       </c>
       <c r="D27" t="str">
-        <v>Taylorkemen</v>
+        <v>Theo Worth</v>
       </c>
       <c r="E27">
-        <v>-2</v>
+        <v>10</v>
       </c>
       <c r="F27">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="G27">
         <v>2</v>
       </c>
       <c r="I27" t="str">
-        <v>taylorkemen</v>
+        <v>twcworth</v>
       </c>
       <c r="J27">
-        <v>-2</v>
+        <v>10</v>
       </c>
       <c r="K27">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="L27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N27">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="O27">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="P27">
+        <v>4</v>
+      </c>
+      <c r="Q27">
         <v>5</v>
       </c>
-      <c r="Q27">
-[...1 lines deleted...]
-      </c>
       <c r="R27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T27">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>GEN</v>
       </c>
       <c r="B28" t="str">
         <v>DUP</v>
       </c>
       <c r="D28" t="str">
-        <v>Theo Worth</v>
+        <v>Yu Jiang</v>
       </c>
       <c r="E28">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F28">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="G28">
         <v>2</v>
       </c>
       <c r="I28" t="str">
-        <v>twcworth</v>
+        <v>jiangyu</v>
       </c>
       <c r="J28">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="K28">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="L28">
         <v>3</v>
       </c>
       <c r="M28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N28">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="O28">
         <v>5</v>
       </c>
       <c r="P28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q28">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="R28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T28">
-        <v>4</v>
-[...54 lines deleted...]
-      <c r="T29">
         <v>2</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:T29"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:T28"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 