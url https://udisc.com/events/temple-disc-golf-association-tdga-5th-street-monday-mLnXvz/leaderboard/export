--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -650,188 +650,224 @@
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
       <c r="AC2">
         <v>3</v>
       </c>
       <c r="AD2">
         <v>3</v>
       </c>
       <c r="AE2">
         <v>2</v>
       </c>
       <c r="AF2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3">
         <v>2</v>
       </c>
       <c r="C3">
-        <v>-2</v>
+        <v>1</v>
       </c>
       <c r="D3">
         <v>-5</v>
       </c>
       <c r="E3" t="str">
         <v>GEN</v>
       </c>
       <c r="F3" t="str">
         <v>3</v>
       </c>
       <c r="G3">
         <v>3</v>
       </c>
       <c r="H3" t="str">
         <v>Chapman Shoop</v>
       </c>
       <c r="I3">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="J3">
-        <v>41</v>
+        <v>64</v>
       </c>
       <c r="K3">
         <v>213851</v>
       </c>
       <c r="L3" t="str">
         <v>belovachap</v>
       </c>
       <c r="M3">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="N3">
-        <v>41</v>
+        <v>64</v>
       </c>
       <c r="O3">
         <v>4</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
         <v>5</v>
       </c>
       <c r="R3">
         <v>3</v>
       </c>
       <c r="S3">
         <v>4</v>
       </c>
       <c r="T3">
         <v>3</v>
       </c>
       <c r="U3">
         <v>4</v>
       </c>
       <c r="V3">
         <v>3</v>
       </c>
       <c r="W3">
         <v>3</v>
       </c>
       <c r="X3">
         <v>2</v>
       </c>
       <c r="Y3">
         <v>4</v>
       </c>
       <c r="Z3">
         <v>3</v>
+      </c>
+      <c r="AA3">
+        <v>3</v>
+      </c>
+      <c r="AB3">
+        <v>4</v>
+      </c>
+      <c r="AC3">
+        <v>3</v>
+      </c>
+      <c r="AD3">
+        <v>3</v>
+      </c>
+      <c r="AE3">
+        <v>3</v>
+      </c>
+      <c r="AF3">
+        <v>7</v>
       </c>
     </row>
     <row r="4">
       <c r="E4" t="str">
         <v>GEN</v>
       </c>
       <c r="F4" t="str">
         <v>2</v>
       </c>
       <c r="G4">
         <v>2</v>
       </c>
       <c r="H4" t="str">
         <v>Christopher Melton</v>
       </c>
       <c r="I4">
-        <v>-2</v>
+        <v>0</v>
       </c>
       <c r="J4">
-        <v>36</v>
+        <v>58</v>
       </c>
       <c r="K4">
         <v>283749</v>
       </c>
       <c r="L4" t="str">
         <v>mellymelt961</v>
       </c>
       <c r="M4">
-        <v>-2</v>
+        <v>0</v>
       </c>
       <c r="N4">
-        <v>36</v>
+        <v>58</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
         <v>4</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>
       <c r="U4">
         <v>2</v>
       </c>
       <c r="V4">
         <v>4</v>
       </c>
       <c r="W4">
         <v>2</v>
       </c>
       <c r="X4">
         <v>3</v>
       </c>
       <c r="Y4">
         <v>3</v>
       </c>
       <c r="Z4">
         <v>3</v>
+      </c>
+      <c r="AA4">
+        <v>3</v>
+      </c>
+      <c r="AB4">
+        <v>4</v>
+      </c>
+      <c r="AC4">
+        <v>2</v>
+      </c>
+      <c r="AD4">
+        <v>4</v>
+      </c>
+      <c r="AE4">
+        <v>4</v>
+      </c>
+      <c r="AF4">
+        <v>5</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AF4"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>