--- v0 (2026-01-13)
+++ v1 (2026-03-30)
@@ -578,50 +578,53 @@
       </c>
       <c r="C2">
         <v>0</v>
       </c>
       <c r="D2">
         <v>3</v>
       </c>
       <c r="E2" t="str">
         <v>GEN</v>
       </c>
       <c r="F2" t="str">
         <v>1</v>
       </c>
       <c r="G2">
         <v>1</v>
       </c>
       <c r="H2" t="str">
         <v>Donald Porter</v>
       </c>
       <c r="I2">
         <v>-3</v>
       </c>
       <c r="J2">
         <v>53</v>
       </c>
+      <c r="K2">
+        <v>314591</v>
+      </c>
       <c r="L2" t="str">
         <v>donald254</v>
       </c>
       <c r="M2">
         <v>-3</v>
       </c>
       <c r="N2">
         <v>53</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
         <v>2</v>
       </c>
       <c r="R2">
         <v>2</v>
       </c>
       <c r="S2">
         <v>5</v>
       </c>
       <c r="T2">