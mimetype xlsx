--- v0 (2025-10-20)
+++ v1 (2025-12-03)
@@ -551,51 +551,51 @@
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Notcho</v>
       </c>
       <c r="E2">
         <v>0</v>
       </c>
       <c r="F2">
         <v>54</v>
       </c>
       <c r="H2" t="str">
-        <v>mrivera005,timothyy85</v>
+        <v>timothyy85,mrivera005</v>
       </c>
       <c r="I2">
         <v>0</v>
       </c>
       <c r="J2">
         <v>54</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>4</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>4</v>
       </c>
@@ -717,51 +717,51 @@
       </c>
       <c r="AB3">
         <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Smokies</v>
       </c>
       <c r="E4">
         <v>3</v>
       </c>
       <c r="F4">
         <v>57</v>
       </c>
       <c r="H4" t="str">
-        <v>dwmouser,fsisler</v>
+        <v>fsisler,dwmouser</v>
       </c>
       <c r="I4">
         <v>3</v>
       </c>
       <c r="J4">
         <v>57</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>4</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>4</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
@@ -800,51 +800,51 @@
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Crave</v>
       </c>
       <c r="E5">
         <v>11</v>
       </c>
       <c r="F5">
         <v>65</v>
       </c>
       <c r="H5" t="str">
-        <v>jakey0430,captredbeard88</v>
+        <v>captredbeard88,jakey0430</v>
       </c>
       <c r="I5">
         <v>11</v>
       </c>
       <c r="J5">
         <v>65</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>4</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>4</v>
       </c>
       <c r="O5">
         <v>4</v>
       </c>
       <c r="P5">
         <v>4</v>
       </c>