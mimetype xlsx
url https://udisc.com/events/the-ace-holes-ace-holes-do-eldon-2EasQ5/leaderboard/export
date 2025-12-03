--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -548,51 +548,51 @@
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>DNF</v>
       </c>
       <c r="D2" t="str">
         <v xml:space="preserve">Its a Crave </v>
       </c>
       <c r="E2">
         <v>0</v>
       </c>
       <c r="F2">
         <v>0</v>
       </c>
       <c r="H2" t="str">
-        <v>jakey0430,captredbeard88</v>
+        <v>captredbeard88,jakey0430</v>
       </c>
       <c r="I2">
         <v>0</v>
       </c>
       <c r="J2">
         <v>0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>DNF</v>
       </c>
       <c r="D3" t="str">
         <v>Stoned Notcho</v>
       </c>
       <c r="E3">
         <v>0</v>
       </c>
       <c r="F3">
         <v>0</v>
       </c>
       <c r="H3" t="str">
@@ -600,51 +600,51 @@
       </c>
       <c r="I3">
         <v>0</v>
       </c>
       <c r="J3">
         <v>0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>DNF</v>
       </c>
       <c r="D4" t="str">
         <v>Smokies Beef</v>
       </c>
       <c r="E4">
         <v>0</v>
       </c>
       <c r="F4">
         <v>0</v>
       </c>
       <c r="H4" t="str">
-        <v>fsisler,dwmouser</v>
+        <v>dwmouser,fsisler</v>
       </c>
       <c r="I4">
         <v>0</v>
       </c>
       <c r="J4">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB4"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>