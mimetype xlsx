--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -634,51 +634,51 @@
       </c>
       <c r="AB2">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Smokies</v>
       </c>
       <c r="E3">
         <v>0</v>
       </c>
       <c r="F3">
         <v>58</v>
       </c>
       <c r="H3" t="str">
-        <v>dwmouser,fsisler</v>
+        <v>fsisler,dwmouser</v>
       </c>
       <c r="I3">
         <v>0</v>
       </c>
       <c r="J3">
         <v>58</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>4</v>
       </c>
       <c r="N3">
         <v>4</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
@@ -717,51 +717,51 @@
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Crave</v>
       </c>
       <c r="E4">
         <v>5</v>
       </c>
       <c r="F4">
         <v>63</v>
       </c>
       <c r="H4" t="str">
-        <v>captredbeard88,jakey0430</v>
+        <v>jakey0430,captredbeard88</v>
       </c>
       <c r="I4">
         <v>5</v>
       </c>
       <c r="J4">
         <v>63</v>
       </c>
       <c r="K4">
         <v>4</v>
       </c>
       <c r="L4">
         <v>4</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>4</v>
       </c>
       <c r="O4">
         <v>4</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>