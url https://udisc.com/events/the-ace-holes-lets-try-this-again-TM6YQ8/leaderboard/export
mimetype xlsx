--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -560,142 +560,133 @@
       </c>
       <c r="AC1" t="str">
         <v>hole_19</v>
       </c>
       <c r="AD1" t="str">
         <v>hole_20</v>
       </c>
       <c r="AE1" t="str">
         <v>hole_21</v>
       </c>
       <c r="AF1" t="str">
         <v>hole_22</v>
       </c>
       <c r="AG1" t="str">
         <v>hole_23</v>
       </c>
       <c r="AH1" t="str">
         <v>hole_24</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="D2" t="str">
-        <v>Smokies Beef</v>
+        <v>Notcho Stoned Ranger</v>
       </c>
       <c r="E2">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="F2">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="H2" t="str">
-        <v>dwmouser,fsisler</v>
+        <v>scoob95,timothyy85</v>
       </c>
       <c r="I2">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="J2">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="K2">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
-        <v>T2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>DNF</v>
       </c>
       <c r="D3" t="str">
-        <v>Notcho Stoned Ranger</v>
+        <v>Trail Of Tears</v>
       </c>
       <c r="E3">
         <v>0</v>
       </c>
       <c r="F3">
         <v>3</v>
       </c>
       <c r="H3" t="str">
-        <v>scoob95,timothyy85</v>
+        <v>captredbeard88,jakey0430</v>
       </c>
       <c r="I3">
         <v>0</v>
       </c>
       <c r="J3">
         <v>3</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
-        <v>T2</v>
-[...1 lines deleted...]
-      <c r="C4">
+        <v>DNF</v>
+      </c>
+      <c r="D4" t="str">
+        <v>Smokies Beef</v>
+      </c>
+      <c r="E4">
+        <v>-1</v>
+      </c>
+      <c r="F4">
+        <v>6</v>
+      </c>
+      <c r="H4" t="str">
+        <v>fsisler,dwmouser</v>
+      </c>
+      <c r="I4">
+        <v>-1</v>
+      </c>
+      <c r="J4">
+        <v>6</v>
+      </c>
+      <c r="K4">
         <v>2</v>
       </c>
-      <c r="D4" t="str">
-[...18 lines deleted...]
-        <v>3</v>
+      <c r="L4">
+        <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AH4"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>