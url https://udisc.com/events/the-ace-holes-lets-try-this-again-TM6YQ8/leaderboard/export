--- v1 (2025-12-03)
+++ v2 (2025-12-24)
@@ -630,51 +630,51 @@
       </c>
       <c r="J3">
         <v>3</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>DNF</v>
       </c>
       <c r="D4" t="str">
         <v>Smokies Beef</v>
       </c>
       <c r="E4">
         <v>-1</v>
       </c>
       <c r="F4">
         <v>6</v>
       </c>
       <c r="H4" t="str">
-        <v>fsisler,dwmouser</v>
+        <v>dwmouser,fsisler</v>
       </c>
       <c r="I4">
         <v>-1</v>
       </c>
       <c r="J4">
         <v>6</v>
       </c>
       <c r="K4">
         <v>2</v>
       </c>
       <c r="L4">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AH4"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>