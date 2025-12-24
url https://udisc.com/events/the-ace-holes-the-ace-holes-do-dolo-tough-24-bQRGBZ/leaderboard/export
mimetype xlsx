--- v0 (2025-12-03)
+++ v1 (2025-12-24)
@@ -575,51 +575,51 @@
       </c>
       <c r="AH1" t="str">
         <v>hole_24</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v xml:space="preserve">For 2 dollars you can touch it </v>
       </c>
       <c r="E2">
         <v>-2</v>
       </c>
       <c r="F2">
         <v>71</v>
       </c>
       <c r="H2" t="str">
-        <v>johndeere1,shanko</v>
+        <v>shanko,johndeere1</v>
       </c>
       <c r="I2">
         <v>-2</v>
       </c>
       <c r="J2">
         <v>71</v>
       </c>
       <c r="K2">
         <v>2</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>4</v>
       </c>
@@ -777,51 +777,51 @@
       </c>
       <c r="AH3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Trail Of Tears</v>
       </c>
       <c r="E4">
         <v>11</v>
       </c>
       <c r="F4">
         <v>84</v>
       </c>
       <c r="H4" t="str">
-        <v>captredbeard88,jakey0430</v>
+        <v>jakey0430,captredbeard88</v>
       </c>
       <c r="I4">
         <v>11</v>
       </c>
       <c r="J4">
         <v>84</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>4</v>
       </c>
       <c r="M4">
         <v>4</v>
       </c>
       <c r="N4">
         <v>2</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>4</v>
       </c>
@@ -878,51 +878,51 @@
       </c>
       <c r="AH4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v xml:space="preserve">Stoned Rangers </v>
       </c>
       <c r="E5">
         <v>14</v>
       </c>
       <c r="F5">
         <v>87</v>
       </c>
       <c r="H5" t="str">
-        <v>scoob95,toffaloff</v>
+        <v>toffaloff,scoob95</v>
       </c>
       <c r="I5">
         <v>14</v>
       </c>
       <c r="J5">
         <v>87</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>4</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>4</v>
       </c>
       <c r="P5">
         <v>4</v>
       </c>