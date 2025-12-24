--- v0 (2025-12-03)
+++ v1 (2025-12-24)
@@ -548,77 +548,77 @@
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>DNF</v>
       </c>
       <c r="D2" t="str">
         <v>Trail Of Tears</v>
       </c>
       <c r="E2">
         <v>0</v>
       </c>
       <c r="F2">
         <v>0</v>
       </c>
       <c r="H2" t="str">
-        <v>captredbeard88,jakey0430</v>
+        <v>jakey0430,captredbeard88</v>
       </c>
       <c r="I2">
         <v>0</v>
       </c>
       <c r="J2">
         <v>0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>DNF</v>
       </c>
       <c r="D3" t="str">
         <v>Notcho Stoned Ranger</v>
       </c>
       <c r="E3">
         <v>0</v>
       </c>
       <c r="F3">
         <v>0</v>
       </c>
       <c r="H3" t="str">
-        <v>scoob95,timothyy85</v>
+        <v>timothyy85,scoob95</v>
       </c>
       <c r="I3">
         <v>0</v>
       </c>
       <c r="J3">
         <v>0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>DNF</v>
       </c>
       <c r="D4" t="str">
         <v>Smokies Beef</v>
       </c>
       <c r="E4">
         <v>0</v>
       </c>
       <c r="F4">
         <v>0</v>
       </c>
       <c r="H4" t="str">