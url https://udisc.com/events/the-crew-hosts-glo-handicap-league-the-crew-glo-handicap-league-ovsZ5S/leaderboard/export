--- v0 (2026-01-02)
+++ v1 (2026-02-02)
@@ -555,1121 +555,1355 @@
       </c>
       <c r="AB1" t="str">
         <v>hole_14</v>
       </c>
       <c r="AC1" t="str">
         <v>hole_15</v>
       </c>
       <c r="AD1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AE1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AF1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2">
         <v>1</v>
       </c>
       <c r="C2">
-        <v>-8</v>
+        <v>-6</v>
       </c>
       <c r="D2">
-        <v>-9</v>
+        <v>2</v>
       </c>
       <c r="E2" t="str">
         <v>Gen</v>
       </c>
       <c r="F2" t="str">
-        <v>T8</v>
+        <v>1</v>
       </c>
       <c r="G2">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="H2" t="str">
-        <v xml:space="preserve">Rick Garrison </v>
+        <v>Zach Kirk</v>
       </c>
       <c r="I2">
-        <v>1</v>
+        <v>-8</v>
       </c>
       <c r="J2">
-        <v>5</v>
+        <v>49</v>
       </c>
       <c r="L2" t="str">
-        <v>rickg219</v>
+        <v>kirkzach</v>
       </c>
       <c r="M2">
-        <v>1</v>
+        <v>-8</v>
       </c>
       <c r="N2">
-        <v>5</v>
+        <v>49</v>
+      </c>
+      <c r="O2">
+        <v>3</v>
       </c>
       <c r="P2">
-        <v>5</v>
+        <v>3</v>
+      </c>
+      <c r="Q2">
+        <v>2</v>
+      </c>
+      <c r="R2">
+        <v>4</v>
+      </c>
+      <c r="S2">
+        <v>4</v>
+      </c>
+      <c r="T2">
+        <v>2</v>
+      </c>
+      <c r="U2">
+        <v>3</v>
+      </c>
+      <c r="V2">
+        <v>3</v>
+      </c>
+      <c r="W2">
+        <v>2</v>
+      </c>
+      <c r="X2">
+        <v>2</v>
+      </c>
+      <c r="Y2">
+        <v>3</v>
+      </c>
+      <c r="Z2">
+        <v>2</v>
+      </c>
+      <c r="AA2">
+        <v>2</v>
+      </c>
+      <c r="AB2">
+        <v>2</v>
+      </c>
+      <c r="AC2">
+        <v>3</v>
+      </c>
+      <c r="AD2">
+        <v>3</v>
+      </c>
+      <c r="AE2">
+        <v>4</v>
+      </c>
+      <c r="AF2">
+        <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3">
         <v>2</v>
       </c>
       <c r="C3">
-        <v>-6</v>
+        <v>-3</v>
       </c>
       <c r="D3">
-        <v>2</v>
+        <v>-2</v>
       </c>
       <c r="E3" t="str">
         <v>Gen</v>
       </c>
       <c r="F3" t="str">
-        <v>1</v>
+        <v>T2</v>
       </c>
       <c r="G3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H3" t="str">
-        <v>Zach Kirk</v>
+        <v>Austin Scott</v>
       </c>
       <c r="I3">
-        <v>-8</v>
+        <v>-1</v>
       </c>
       <c r="J3">
-        <v>45</v>
+        <v>56</v>
+      </c>
+      <c r="K3">
+        <v>120493</v>
       </c>
       <c r="L3" t="str">
-        <v>kirkzach</v>
+        <v>slowride2318</v>
       </c>
       <c r="M3">
-        <v>-8</v>
+        <v>-1</v>
       </c>
       <c r="N3">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S3">
         <v>4</v>
       </c>
       <c r="T3">
         <v>2</v>
       </c>
       <c r="U3">
         <v>3</v>
       </c>
       <c r="V3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="W3">
         <v>2</v>
       </c>
       <c r="X3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y3">
         <v>3</v>
       </c>
       <c r="Z3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA3">
         <v>2</v>
       </c>
       <c r="AB3">
         <v>2</v>
       </c>
       <c r="AC3">
         <v>3</v>
       </c>
       <c r="AD3">
         <v>3</v>
       </c>
+      <c r="AE3">
+        <v>4</v>
+      </c>
       <c r="AF3">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="4">
-      <c r="A4">
-        <v>3</v>
+      <c r="A4" t="str">
+        <v>T3</v>
       </c>
       <c r="B4">
         <v>3</v>
       </c>
       <c r="C4">
-        <v>-4</v>
+        <v>-2</v>
       </c>
       <c r="D4">
         <v>-4</v>
       </c>
       <c r="E4" t="str">
         <v>Gen</v>
       </c>
       <c r="F4" t="str">
-        <v>T5</v>
+        <v>T6</v>
       </c>
       <c r="G4">
+        <v>6</v>
+      </c>
+      <c r="H4" t="str">
+        <v>Nicholas Ambrogi</v>
+      </c>
+      <c r="I4">
+        <v>2</v>
+      </c>
+      <c r="J4">
+        <v>59</v>
+      </c>
+      <c r="L4" t="str">
+        <v>nickledick</v>
+      </c>
+      <c r="M4">
+        <v>2</v>
+      </c>
+      <c r="N4">
+        <v>59</v>
+      </c>
+      <c r="O4">
+        <v>3</v>
+      </c>
+      <c r="P4">
         <v>5</v>
       </c>
-      <c r="H4" t="str">
-[...21 lines deleted...]
-        <v>4</v>
+      <c r="Q4">
+        <v>4</v>
+      </c>
+      <c r="R4">
+        <v>3</v>
+      </c>
+      <c r="S4">
+        <v>4</v>
+      </c>
+      <c r="T4">
+        <v>3</v>
+      </c>
+      <c r="U4">
+        <v>3</v>
+      </c>
+      <c r="V4">
+        <v>3</v>
+      </c>
+      <c r="W4">
+        <v>3</v>
+      </c>
+      <c r="X4">
+        <v>3</v>
+      </c>
+      <c r="Y4">
+        <v>3</v>
+      </c>
+      <c r="Z4">
+        <v>3</v>
+      </c>
+      <c r="AA4">
+        <v>3</v>
+      </c>
+      <c r="AB4">
+        <v>3</v>
+      </c>
+      <c r="AC4">
+        <v>3</v>
+      </c>
+      <c r="AD4">
+        <v>3</v>
+      </c>
+      <c r="AE4">
+        <v>4</v>
+      </c>
+      <c r="AF4">
+        <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
-        <v>T4</v>
+        <v>T3</v>
       </c>
       <c r="B5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C5">
-        <v>-3</v>
+        <v>-2</v>
       </c>
       <c r="D5">
-        <v>-2</v>
+        <v>-4</v>
       </c>
       <c r="E5" t="str">
         <v>Gen</v>
       </c>
       <c r="F5" t="str">
-        <v>T2</v>
+        <v>T6</v>
       </c>
       <c r="G5">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="H5" t="str">
-        <v>Austin Scott</v>
+        <v>Ryan Glass</v>
       </c>
       <c r="I5">
-        <v>-1</v>
+        <v>2</v>
       </c>
       <c r="J5">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>120493</v>
+        <v>59</v>
       </c>
       <c r="L5" t="str">
-        <v>slowride2318</v>
+        <v>ryang2403</v>
       </c>
       <c r="M5">
-        <v>-1</v>
+        <v>2</v>
       </c>
       <c r="N5">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>4</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
         <v>3</v>
       </c>
       <c r="S5">
         <v>4</v>
       </c>
       <c r="T5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V5">
+        <v>3</v>
+      </c>
+      <c r="W5">
+        <v>3</v>
+      </c>
+      <c r="X5">
+        <v>3</v>
+      </c>
+      <c r="Y5">
+        <v>4</v>
+      </c>
+      <c r="Z5">
+        <v>3</v>
+      </c>
+      <c r="AA5">
+        <v>2</v>
+      </c>
+      <c r="AB5">
+        <v>3</v>
+      </c>
+      <c r="AC5">
+        <v>3</v>
+      </c>
+      <c r="AD5">
+        <v>3</v>
+      </c>
+      <c r="AE5">
         <v>5</v>
       </c>
-      <c r="W5">
-[...22 lines deleted...]
-      </c>
       <c r="AF5">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="6">
-      <c r="A6" t="str">
-        <v>T4</v>
+      <c r="A6">
+        <v>5</v>
       </c>
       <c r="B6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C6">
-        <v>-3</v>
+        <v>-1</v>
       </c>
       <c r="D6">
-        <v>-4</v>
+        <v>-1</v>
       </c>
       <c r="E6" t="str">
         <v>Gen</v>
       </c>
       <c r="F6" t="str">
-        <v>T8</v>
+        <v>T4</v>
       </c>
       <c r="G6">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="H6" t="str">
-        <v>Nicholas Ambrogi</v>
+        <v>HADDOX83</v>
       </c>
       <c r="I6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J6">
-        <v>5</v>
+        <v>57</v>
       </c>
       <c r="L6" t="str">
-        <v>nickledick</v>
+        <v>buttersmooth</v>
       </c>
       <c r="M6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="N6">
-        <v>5</v>
+        <v>57</v>
+      </c>
+      <c r="O6">
+        <v>3</v>
       </c>
       <c r="P6">
-        <v>5</v>
+        <v>4</v>
+      </c>
+      <c r="Q6">
+        <v>4</v>
+      </c>
+      <c r="R6">
+        <v>2</v>
+      </c>
+      <c r="S6">
+        <v>3</v>
+      </c>
+      <c r="T6">
+        <v>2</v>
+      </c>
+      <c r="U6">
+        <v>3</v>
+      </c>
+      <c r="V6">
+        <v>3</v>
+      </c>
+      <c r="W6">
+        <v>3</v>
+      </c>
+      <c r="X6">
+        <v>3</v>
+      </c>
+      <c r="Y6">
+        <v>4</v>
+      </c>
+      <c r="Z6">
+        <v>3</v>
+      </c>
+      <c r="AA6">
+        <v>3</v>
+      </c>
+      <c r="AB6">
+        <v>2</v>
+      </c>
+      <c r="AC6">
+        <v>3</v>
+      </c>
+      <c r="AD6">
+        <v>4</v>
+      </c>
+      <c r="AE6">
+        <v>4</v>
+      </c>
+      <c r="AF6">
+        <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>T6</v>
       </c>
       <c r="B7">
         <v>6</v>
       </c>
       <c r="C7">
-        <v>-2</v>
+        <v>0</v>
       </c>
       <c r="D7">
-        <v>-1</v>
+        <v>1</v>
       </c>
       <c r="E7" t="str">
         <v>Gen</v>
       </c>
       <c r="F7" t="str">
         <v>T2</v>
       </c>
       <c r="G7">
         <v>2</v>
       </c>
       <c r="H7" t="str">
-        <v>HADDOX83</v>
+        <v>Michael West</v>
       </c>
       <c r="I7">
         <v>-1</v>
       </c>
       <c r="J7">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="L7" t="str">
-        <v>buttersmooth</v>
+        <v>myquest82</v>
       </c>
       <c r="M7">
         <v>-1</v>
       </c>
       <c r="N7">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="O7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R7">
         <v>2</v>
       </c>
       <c r="S7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T7">
         <v>2</v>
       </c>
       <c r="U7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V7">
         <v>3</v>
       </c>
       <c r="W7">
         <v>3</v>
       </c>
       <c r="X7">
         <v>3</v>
       </c>
       <c r="Y7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z7">
         <v>3</v>
       </c>
       <c r="AA7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB7">
         <v>2</v>
       </c>
       <c r="AC7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD7">
         <v>4</v>
       </c>
       <c r="AE7">
         <v>4</v>
+      </c>
+      <c r="AF7">
+        <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>T6</v>
       </c>
       <c r="B8">
         <v>6</v>
       </c>
       <c r="C8">
-        <v>-2</v>
+        <v>0</v>
       </c>
       <c r="D8">
-        <v>-4</v>
+        <v>-9</v>
       </c>
       <c r="E8" t="str">
         <v>Gen</v>
       </c>
       <c r="F8" t="str">
-        <v>T10</v>
+        <v>14</v>
       </c>
       <c r="G8">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="H8" t="str">
-        <v>Ryan Glass</v>
+        <v xml:space="preserve">Rick Garrison </v>
       </c>
       <c r="I8">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="J8">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="L8" t="str">
-        <v>ryang2403</v>
+        <v>rickg219</v>
       </c>
       <c r="M8">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="N8">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="O8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P8">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q8">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="R8">
         <v>3</v>
       </c>
       <c r="S8">
         <v>4</v>
       </c>
       <c r="T8">
         <v>3</v>
       </c>
       <c r="U8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V8">
         <v>3</v>
       </c>
       <c r="W8">
         <v>3</v>
       </c>
       <c r="X8">
         <v>3</v>
       </c>
       <c r="Y8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
       <c r="AC8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD8">
         <v>3</v>
       </c>
       <c r="AE8">
-        <v>5</v>
+        <v>4</v>
+      </c>
+      <c r="AF8">
+        <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>T8</v>
       </c>
       <c r="B9">
         <v>8</v>
       </c>
       <c r="C9">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D9">
         <v>1</v>
       </c>
       <c r="E9" t="str">
         <v>Gen</v>
       </c>
       <c r="F9" t="str">
-        <v>T2</v>
+        <v>T4</v>
       </c>
       <c r="G9">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="H9" t="str">
-        <v>Michael West</v>
+        <v>Jason Stritenberger</v>
       </c>
       <c r="I9">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="J9">
-        <v>53</v>
+        <v>57</v>
+      </c>
+      <c r="K9">
+        <v>111296</v>
       </c>
       <c r="L9" t="str">
-        <v>myquest82</v>
+        <v>strit11</v>
       </c>
       <c r="M9">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="N9">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="O9">
         <v>4</v>
       </c>
       <c r="P9">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q9">
         <v>3</v>
       </c>
       <c r="R9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T9">
         <v>2</v>
       </c>
       <c r="U9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V9">
         <v>3</v>
       </c>
       <c r="W9">
         <v>3</v>
       </c>
       <c r="X9">
         <v>3</v>
       </c>
       <c r="Y9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z9">
         <v>3</v>
       </c>
       <c r="AA9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE9">
         <v>4</v>
+      </c>
+      <c r="AF9">
+        <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>T8</v>
       </c>
       <c r="B10">
         <v>8</v>
       </c>
       <c r="C10">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D10">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="E10" t="str">
         <v>Gen</v>
       </c>
       <c r="F10" t="str">
-        <v>T5</v>
+        <v>T10</v>
       </c>
       <c r="G10">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H10" t="str">
-        <v>Chris Harper</v>
+        <v>Jason Clemens</v>
       </c>
       <c r="I10">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="J10">
-        <v>4</v>
+        <v>61</v>
       </c>
       <c r="L10" t="str">
-        <v>charp123</v>
+        <v>clemens6</v>
       </c>
       <c r="M10">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="N10">
+        <v>61</v>
+      </c>
+      <c r="O10">
         <v>4</v>
       </c>
       <c r="P10">
+        <v>6</v>
+      </c>
+      <c r="Q10">
+        <v>3</v>
+      </c>
+      <c r="R10">
+        <v>2</v>
+      </c>
+      <c r="S10">
+        <v>3</v>
+      </c>
+      <c r="T10">
+        <v>2</v>
+      </c>
+      <c r="U10">
+        <v>4</v>
+      </c>
+      <c r="V10">
+        <v>3</v>
+      </c>
+      <c r="W10">
+        <v>3</v>
+      </c>
+      <c r="X10">
+        <v>2</v>
+      </c>
+      <c r="Y10">
+        <v>4</v>
+      </c>
+      <c r="Z10">
+        <v>4</v>
+      </c>
+      <c r="AA10">
+        <v>3</v>
+      </c>
+      <c r="AB10">
+        <v>4</v>
+      </c>
+      <c r="AC10">
+        <v>3</v>
+      </c>
+      <c r="AD10">
+        <v>3</v>
+      </c>
+      <c r="AE10">
+        <v>4</v>
+      </c>
+      <c r="AF10">
         <v>4</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" t="str">
-        <v>T8</v>
+      <c r="A11">
+        <v>10</v>
       </c>
       <c r="B11">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C11">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D11">
-        <v>-3</v>
+        <v>-1</v>
       </c>
       <c r="E11" t="str">
         <v>Gen</v>
       </c>
       <c r="F11" t="str">
-        <v>13</v>
+        <v>T8</v>
       </c>
       <c r="G11">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="H11" t="str">
-        <v>Jason Clemens</v>
+        <v>Dan Halsey</v>
       </c>
       <c r="I11">
         <v>3</v>
       </c>
       <c r="J11">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="L11" t="str">
-        <v>clemens6</v>
+        <v>dantheman1134</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="O11">
         <v>4</v>
       </c>
       <c r="P11">
         <v>6</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V11">
         <v>3</v>
       </c>
       <c r="W11">
         <v>3</v>
       </c>
       <c r="X11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC11">
         <v>3</v>
       </c>
       <c r="AD11">
         <v>3</v>
       </c>
       <c r="AE11">
+        <v>4</v>
+      </c>
+      <c r="AF11">
         <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>T11</v>
       </c>
       <c r="B12">
         <v>11</v>
       </c>
       <c r="C12">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D12">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E12" t="str">
         <v>Gen</v>
       </c>
       <c r="F12" t="str">
-        <v>T5</v>
+        <v>T8</v>
       </c>
       <c r="G12">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="H12" t="str">
-        <v>Jason Stritenberger</v>
+        <v>Chris Harper</v>
       </c>
       <c r="I12">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="J12">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>111296</v>
+        <v>60</v>
       </c>
       <c r="L12" t="str">
-        <v>strit11</v>
+        <v>charp123</v>
       </c>
       <c r="M12">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="N12">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="O12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P12">
         <v>4</v>
       </c>
       <c r="Q12">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
       <c r="S12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U12">
         <v>3</v>
       </c>
       <c r="V12">
         <v>3</v>
       </c>
       <c r="W12">
         <v>3</v>
       </c>
       <c r="X12">
         <v>3</v>
       </c>
       <c r="Y12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z12">
         <v>3</v>
       </c>
       <c r="AA12">
         <v>3</v>
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
       <c r="AC12">
         <v>3</v>
       </c>
       <c r="AD12">
         <v>3</v>
+      </c>
+      <c r="AE12">
+        <v>4</v>
       </c>
       <c r="AF12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>T11</v>
       </c>
       <c r="B13">
         <v>11</v>
       </c>
       <c r="C13">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D13">
-        <v>-1</v>
+        <v>-4</v>
       </c>
       <c r="E13" t="str">
         <v>Gen</v>
       </c>
       <c r="F13" t="str">
-        <v>T10</v>
+        <v>13</v>
       </c>
       <c r="G13">
+        <v>13</v>
+      </c>
+      <c r="H13" t="str">
+        <v>Ian McVeigh</v>
+      </c>
+      <c r="I13">
+        <v>7</v>
+      </c>
+      <c r="J13">
+        <v>64</v>
+      </c>
+      <c r="K13">
+        <v>309233</v>
+      </c>
+      <c r="L13" t="str">
+        <v>imcveigh</v>
+      </c>
+      <c r="M13">
+        <v>7</v>
+      </c>
+      <c r="N13">
+        <v>64</v>
+      </c>
+      <c r="O13">
+        <v>3</v>
+      </c>
+      <c r="P13">
+        <v>4</v>
+      </c>
+      <c r="Q13">
         <v>10</v>
       </c>
-      <c r="H13" t="str">
-[...25 lines deleted...]
-      </c>
       <c r="R13">
         <v>3</v>
       </c>
       <c r="S13">
         <v>4</v>
       </c>
       <c r="T13">
         <v>3</v>
       </c>
       <c r="U13">
         <v>3</v>
       </c>
       <c r="V13">
         <v>3</v>
       </c>
       <c r="W13">
         <v>3</v>
       </c>
       <c r="X13">
         <v>3</v>
       </c>
       <c r="Y13">
         <v>3</v>
       </c>
       <c r="Z13">
         <v>3</v>
       </c>
       <c r="AA13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB13">
         <v>3</v>
       </c>
       <c r="AC13">
         <v>3</v>
       </c>
       <c r="AD13">
         <v>3</v>
       </c>
       <c r="AE13">
         <v>4</v>
+      </c>
+      <c r="AF13">
+        <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="E14" t="str">
         <v>Gen</v>
       </c>
       <c r="F14" t="str">
         <v>T10</v>
       </c>
       <c r="G14">
         <v>10</v>
       </c>
       <c r="H14" t="str">
         <v>Isaiah McQuade</v>
       </c>
       <c r="I14">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="J14">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="L14" t="str">
         <v>isaiah33</v>
       </c>
       <c r="M14">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N14">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
         <v>5</v>
       </c>
       <c r="Q14">
         <v>3</v>
       </c>
       <c r="R14">
         <v>4</v>
       </c>
       <c r="S14">
         <v>4</v>
       </c>
       <c r="T14">
         <v>3</v>
       </c>
       <c r="U14">
         <v>3</v>
       </c>
       <c r="V14">
         <v>3</v>
       </c>
       <c r="W14">
         <v>2</v>
       </c>
       <c r="X14">
         <v>3</v>
       </c>
       <c r="Y14">
         <v>3</v>
       </c>
       <c r="Z14">
         <v>4</v>
       </c>
       <c r="AA14">
         <v>3</v>
       </c>
       <c r="AB14">
         <v>2</v>
       </c>
       <c r="AC14">
         <v>3</v>
       </c>
       <c r="AD14">
         <v>4</v>
+      </c>
+      <c r="AE14">
+        <v>6</v>
       </c>
       <c r="AF14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="E15" t="str">
         <v>Gen</v>
       </c>
       <c r="F15" t="str">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G15">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H15" t="str">
         <v>Tucker kirk</v>
       </c>
       <c r="I15">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="J15">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="K15">
         <v>274948</v>
       </c>
       <c r="L15" t="str">
         <v>tuckerk3</v>
       </c>
       <c r="M15">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="N15">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="O15">
         <v>6</v>
       </c>
       <c r="P15">
         <v>4</v>
       </c>
       <c r="Q15">
         <v>3</v>
       </c>
       <c r="R15">
         <v>3</v>
       </c>
       <c r="S15">
         <v>3</v>
       </c>
       <c r="T15">
         <v>2</v>
       </c>
       <c r="U15">
         <v>4</v>
       </c>
       <c r="V15">
         <v>3</v>
       </c>
       <c r="W15">
         <v>3</v>
       </c>
       <c r="X15">
         <v>3</v>
       </c>
       <c r="Y15">
         <v>4</v>
       </c>
       <c r="Z15">
         <v>5</v>
       </c>
       <c r="AA15">
         <v>3</v>
       </c>
       <c r="AB15">
         <v>2</v>
       </c>
       <c r="AC15">
         <v>3</v>
       </c>
       <c r="AD15">
         <v>3</v>
+      </c>
+      <c r="AE15">
+        <v>5</v>
       </c>
       <c r="AF15">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AF15"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>