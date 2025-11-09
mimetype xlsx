--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -536,350 +536,350 @@
       </c>
       <c r="W1" t="str">
         <v>hole_13</v>
       </c>
       <c r="X1" t="str">
         <v>hole_14</v>
       </c>
       <c r="Y1" t="str">
         <v>hole_15</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
-        <v>T1</v>
+        <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
-        <v>Austin Luszcz</v>
+        <v>Kirby Moore</v>
       </c>
       <c r="E2">
         <v>2</v>
       </c>
       <c r="F2">
-        <v>21</v>
+        <v>67</v>
       </c>
       <c r="G2">
-        <v>254627</v>
+        <v>159168</v>
       </c>
       <c r="H2" t="str">
-        <v>austinluszcz</v>
+        <v>kirbjack</v>
       </c>
       <c r="I2">
         <v>2</v>
       </c>
       <c r="J2">
-        <v>21</v>
+        <v>67</v>
       </c>
       <c r="K2">
         <v>6</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N2">
         <v>4</v>
       </c>
       <c r="O2">
+        <v>4</v>
+      </c>
+      <c r="P2">
+        <v>3</v>
+      </c>
+      <c r="Q2">
+        <v>3</v>
+      </c>
+      <c r="R2">
+        <v>3</v>
+      </c>
+      <c r="S2">
+        <v>2</v>
+      </c>
+      <c r="T2">
+        <v>5</v>
+      </c>
+      <c r="U2">
+        <v>3</v>
+      </c>
+      <c r="V2">
+        <v>4</v>
+      </c>
+      <c r="W2">
+        <v>3</v>
+      </c>
+      <c r="X2">
+        <v>3</v>
+      </c>
+      <c r="Y2">
+        <v>4</v>
+      </c>
+      <c r="Z2">
+        <v>5</v>
+      </c>
+      <c r="AA2">
+        <v>5</v>
+      </c>
+      <c r="AB2">
         <v>4</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
-        <v>T1</v>
+        <v>2</v>
       </c>
       <c r="C3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D3" t="str">
-        <v>Kirby Moore</v>
+        <v>John Webb</v>
       </c>
       <c r="E3">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="F3">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>159168</v>
+        <v>80</v>
       </c>
       <c r="H3" t="str">
-        <v>kirbjack</v>
+        <v>johnwebb21</v>
       </c>
       <c r="I3">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="J3">
-        <v>67</v>
+        <v>80</v>
       </c>
       <c r="K3">
+        <v>5</v>
+      </c>
+      <c r="L3">
+        <v>5</v>
+      </c>
+      <c r="M3">
+        <v>3</v>
+      </c>
+      <c r="N3">
+        <v>5</v>
+      </c>
+      <c r="O3">
         <v>6</v>
       </c>
-      <c r="L3">
-[...10 lines deleted...]
-      </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R3">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="S3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T3">
         <v>5</v>
       </c>
       <c r="U3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V3">
         <v>4</v>
       </c>
       <c r="W3">
         <v>3</v>
       </c>
       <c r="X3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y3">
         <v>4</v>
       </c>
       <c r="Z3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AB3">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
-        <v>John Webb</v>
+        <v>Courtney Widdoes</v>
       </c>
       <c r="E4">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="F4">
-        <v>80</v>
+        <v>85</v>
+      </c>
+      <c r="G4">
+        <v>203442</v>
       </c>
       <c r="H4" t="str">
-        <v>johnwebb21</v>
+        <v>cwiddoes</v>
       </c>
       <c r="I4">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="J4">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="K4">
         <v>5</v>
       </c>
       <c r="L4">
         <v>5</v>
       </c>
       <c r="M4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N4">
         <v>5</v>
       </c>
       <c r="O4">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="P4">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q4">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R4">
         <v>6</v>
       </c>
       <c r="S4">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T4">
         <v>5</v>
       </c>
       <c r="U4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V4">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W4">
         <v>3</v>
       </c>
       <c r="X4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y4">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Z4">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA4">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="AB4">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>DNF</v>
       </c>
       <c r="D5" t="str">
-        <v>Courtney Widdoes</v>
+        <v>Austin Luszcz</v>
       </c>
       <c r="E5">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="F5">
-        <v>85</v>
+        <v>21</v>
       </c>
       <c r="G5">
-        <v>203442</v>
+        <v>254627</v>
       </c>
       <c r="H5" t="str">
-        <v>cwiddoes</v>
+        <v>austinluszcz</v>
       </c>
       <c r="I5">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="J5">
-        <v>85</v>
+        <v>21</v>
       </c>
       <c r="K5">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="L5">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="M5">
         <v>4</v>
       </c>
       <c r="N5">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O5">
-        <v>5</v>
-[...38 lines deleted...]
-        <v>7</v>
+        <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
+      </c>
+      <c r="B6" t="str">
+        <v>DNF</v>
       </c>
       <c r="D6" t="str">
         <v>Brian O'Neill</v>
       </c>
       <c r="E6">
         <v>0</v>
       </c>
       <c r="F6">
         <v>0</v>
       </c>
       <c r="G6">
         <v>89114</v>
       </c>
       <c r="H6" t="str">
         <v>briane125</v>
       </c>
       <c r="I6">
         <v>0</v>
       </c>
       <c r="J6">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>