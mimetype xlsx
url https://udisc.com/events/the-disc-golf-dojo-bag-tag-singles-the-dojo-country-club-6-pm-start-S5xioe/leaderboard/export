--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -723,51 +723,51 @@
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>T2</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
       <c r="D4" t="str">
         <v>Landon Jett</v>
       </c>
       <c r="E4">
         <v>-8</v>
       </c>
       <c r="F4">
         <v>50</v>
       </c>
       <c r="H4" t="str">
-        <v>yoda23</v>
+        <v>landonjett</v>
       </c>
       <c r="I4">
         <v>-8</v>
       </c>
       <c r="J4">
         <v>50</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>4</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>4</v>
       </c>