--- v0 (2025-11-26)
+++ v1 (2026-01-12)
@@ -1026,51 +1026,51 @@
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>MPO</v>
       </c>
       <c r="B16" t="str">
         <v>15</v>
       </c>
       <c r="C16">
         <v>15</v>
       </c>
       <c r="D16" t="str">
         <v>Michael Panna</v>
       </c>
       <c r="E16">
         <v>2</v>
       </c>
       <c r="F16">
         <v>138</v>
       </c>
       <c r="G16">
         <v>143005</v>
       </c>
       <c r="H16" t="str">
-        <v>panna21</v>
+        <v>pannamontana</v>
       </c>
       <c r="I16">
         <v>1</v>
       </c>
       <c r="J16">
         <v>1</v>
       </c>
       <c r="K16">
         <v>69</v>
       </c>
       <c r="L16">
         <v>69</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>MPO</v>
       </c>
       <c r="B17" t="str">
         <v>16</v>
       </c>
       <c r="C17">
         <v>16</v>
       </c>
       <c r="D17" t="str">
@@ -4078,51 +4078,51 @@
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MPO</v>
       </c>
       <c r="B14" t="str">
         <v>13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
         <v>Michael Panna</v>
       </c>
       <c r="E14">
         <v>1</v>
       </c>
       <c r="F14">
         <v>69</v>
       </c>
       <c r="G14">
         <v>143005</v>
       </c>
       <c r="H14" t="str">
-        <v>panna21</v>
+        <v>pannamontana</v>
       </c>
       <c r="I14">
         <v>1</v>
       </c>
       <c r="J14">
         <v>69</v>
       </c>
       <c r="K14">
         <v>5</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="M14">
         <v>4</v>
       </c>
       <c r="N14">
         <v>5</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
         <v>4</v>
       </c>
@@ -9934,51 +9934,51 @@
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>MPO</v>
       </c>
       <c r="B16" t="str">
         <v>15</v>
       </c>
       <c r="C16">
         <v>15</v>
       </c>
       <c r="D16" t="str">
         <v>Michael Panna</v>
       </c>
       <c r="E16">
         <v>2</v>
       </c>
       <c r="F16">
         <v>138</v>
       </c>
       <c r="G16">
         <v>143005</v>
       </c>
       <c r="H16" t="str">
-        <v>panna21</v>
+        <v>pannamontana</v>
       </c>
       <c r="I16">
         <v>1</v>
       </c>
       <c r="J16">
         <v>69</v>
       </c>
       <c r="K16">
         <v>4</v>
       </c>
       <c r="L16">
         <v>4</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">
         <v>4</v>
       </c>