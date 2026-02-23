--- v0 (2026-01-24)
+++ v1 (2026-02-23)
@@ -538,685 +538,808 @@
       </c>
       <c r="W1" t="str">
         <v>hole_13</v>
       </c>
       <c r="X1" t="str">
         <v>hole_14</v>
       </c>
       <c r="Y1" t="str">
         <v>hole_15</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MPO</v>
       </c>
       <c r="B2" t="str">
-        <v>T1</v>
+        <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Sean Goddard</v>
       </c>
       <c r="E2">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F2">
-        <v>52</v>
+        <v>69</v>
       </c>
       <c r="G2">
         <v>86949</v>
       </c>
       <c r="H2" t="str">
         <v>seannygee</v>
       </c>
       <c r="I2">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="J2">
-        <v>52</v>
+        <v>69</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
         <v>5</v>
       </c>
       <c r="M2">
         <v>4</v>
       </c>
       <c r="N2">
         <v>5</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
         <v>3</v>
       </c>
       <c r="R2">
         <v>5</v>
       </c>
       <c r="S2">
         <v>5</v>
       </c>
       <c r="T2">
         <v>4</v>
       </c>
       <c r="U2">
         <v>4</v>
       </c>
       <c r="V2">
         <v>3</v>
       </c>
       <c r="W2">
         <v>6</v>
+      </c>
+      <c r="X2">
+        <v>3</v>
+      </c>
+      <c r="Y2">
+        <v>3</v>
+      </c>
+      <c r="Z2">
+        <v>3</v>
+      </c>
+      <c r="AA2">
+        <v>4</v>
+      </c>
+      <c r="AB2">
+        <v>4</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MPO</v>
       </c>
       <c r="B3" t="str">
-        <v>T1</v>
+        <v>2</v>
       </c>
       <c r="C3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Andrew Uhling</v>
       </c>
       <c r="E3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F3">
-        <v>52</v>
+        <v>72</v>
       </c>
       <c r="G3">
         <v>132491</v>
       </c>
       <c r="H3" t="str">
         <v>shower</v>
       </c>
       <c r="I3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J3">
-        <v>52</v>
+        <v>72</v>
       </c>
       <c r="K3">
         <v>2</v>
       </c>
       <c r="L3">
         <v>4</v>
       </c>
       <c r="M3">
         <v>4</v>
       </c>
       <c r="N3">
         <v>5</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>5</v>
       </c>
       <c r="Q3">
         <v>4</v>
       </c>
       <c r="R3">
         <v>6</v>
       </c>
       <c r="S3">
         <v>4</v>
       </c>
       <c r="T3">
         <v>4</v>
       </c>
       <c r="U3">
         <v>4</v>
       </c>
       <c r="V3">
         <v>2</v>
       </c>
       <c r="W3">
+        <v>5</v>
+      </c>
+      <c r="X3">
+        <v>3</v>
+      </c>
+      <c r="Y3">
+        <v>3</v>
+      </c>
+      <c r="Z3">
+        <v>4</v>
+      </c>
+      <c r="AA3">
+        <v>5</v>
+      </c>
+      <c r="AB3">
         <v>5</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>MPO</v>
       </c>
       <c r="B4" t="str">
-        <v>T1</v>
+        <v>T3</v>
       </c>
       <c r="C4">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Jonas Vance</v>
       </c>
       <c r="E4">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F4">
-        <v>52</v>
+        <v>74</v>
       </c>
       <c r="G4">
         <v>227489</v>
       </c>
       <c r="H4" t="str">
         <v>jonasvance9</v>
       </c>
       <c r="I4">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="J4">
-        <v>52</v>
+        <v>74</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>4</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>2</v>
       </c>
       <c r="P4">
         <v>5</v>
       </c>
       <c r="Q4">
         <v>2</v>
       </c>
       <c r="R4">
         <v>7</v>
       </c>
       <c r="S4">
         <v>5</v>
       </c>
       <c r="T4">
         <v>4</v>
       </c>
       <c r="U4">
         <v>5</v>
       </c>
       <c r="V4">
         <v>3</v>
       </c>
       <c r="W4">
         <v>6</v>
+      </c>
+      <c r="X4">
+        <v>3</v>
+      </c>
+      <c r="Y4">
+        <v>3</v>
+      </c>
+      <c r="Z4">
+        <v>4</v>
+      </c>
+      <c r="AA4">
+        <v>4</v>
+      </c>
+      <c r="AB4">
+        <v>8</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MPO</v>
       </c>
       <c r="B5" t="str">
-        <v>4</v>
+        <v>T3</v>
       </c>
       <c r="C5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D5" t="str">
         <v>Dario</v>
       </c>
       <c r="E5">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F5">
-        <v>57</v>
+        <v>74</v>
       </c>
       <c r="H5" t="str">
         <v>dnasty0030</v>
       </c>
       <c r="I5">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J5">
-        <v>57</v>
+        <v>74</v>
+      </c>
+      <c r="K5">
+        <v>2</v>
       </c>
       <c r="L5">
         <v>5</v>
       </c>
       <c r="M5">
         <v>5</v>
       </c>
       <c r="N5">
         <v>4</v>
       </c>
       <c r="O5">
         <v>4</v>
       </c>
       <c r="P5">
         <v>5</v>
       </c>
       <c r="Q5">
         <v>4</v>
       </c>
       <c r="R5">
         <v>5</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">
         <v>3</v>
       </c>
       <c r="U5">
         <v>5</v>
       </c>
       <c r="V5">
         <v>3</v>
       </c>
       <c r="W5">
         <v>5</v>
       </c>
       <c r="X5">
         <v>3</v>
       </c>
       <c r="Y5">
         <v>3</v>
+      </c>
+      <c r="Z5">
+        <v>5</v>
+      </c>
+      <c r="AA5">
+        <v>5</v>
+      </c>
+      <c r="AB5">
+        <v>5</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MPO</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>David Haynes</v>
       </c>
       <c r="E6">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="F6">
-        <v>56</v>
+        <v>78</v>
       </c>
       <c r="H6" t="str">
         <v>theoutcast</v>
       </c>
       <c r="I6">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="J6">
-        <v>56</v>
+        <v>78</v>
       </c>
       <c r="K6">
         <v>4</v>
       </c>
       <c r="L6">
         <v>5</v>
       </c>
       <c r="M6">
         <v>4</v>
       </c>
       <c r="N6">
         <v>5</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>5</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
         <v>6</v>
       </c>
       <c r="S6">
         <v>4</v>
       </c>
       <c r="T6">
         <v>4</v>
       </c>
       <c r="U6">
         <v>5</v>
       </c>
       <c r="V6">
         <v>2</v>
       </c>
       <c r="W6">
         <v>6</v>
+      </c>
+      <c r="X6">
+        <v>4</v>
+      </c>
+      <c r="Y6">
+        <v>4</v>
+      </c>
+      <c r="Z6">
+        <v>4</v>
+      </c>
+      <c r="AA6">
+        <v>5</v>
+      </c>
+      <c r="AB6">
+        <v>5</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MPO</v>
       </c>
       <c r="B7" t="str">
-        <v>T6</v>
+        <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
-        <v>John Tran</v>
+        <v>Brandon Tustin</v>
       </c>
       <c r="E7">
+        <v>10</v>
+      </c>
+      <c r="F7">
+        <v>79</v>
+      </c>
+      <c r="H7" t="str">
+        <v>brendarealname</v>
+      </c>
+      <c r="I7">
+        <v>10</v>
+      </c>
+      <c r="J7">
+        <v>79</v>
+      </c>
+      <c r="K7">
+        <v>5</v>
+      </c>
+      <c r="L7">
         <v>7</v>
       </c>
-      <c r="F7">
-[...19 lines deleted...]
-      </c>
       <c r="M7">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="N7">
         <v>4</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
         <v>6</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="S7">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="T7">
         <v>4</v>
       </c>
       <c r="U7">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W7">
-        <v>6</v>
+        <v>5</v>
+      </c>
+      <c r="X7">
+        <v>3</v>
+      </c>
+      <c r="Y7">
+        <v>3</v>
+      </c>
+      <c r="Z7">
+        <v>5</v>
+      </c>
+      <c r="AA7">
+        <v>4</v>
+      </c>
+      <c r="AB7">
+        <v>5</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MPO</v>
       </c>
       <c r="B8" t="str">
-        <v>T6</v>
+        <v>7</v>
       </c>
       <c r="C8">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D8" t="str">
-        <v>Brandon Tustin</v>
+        <v>John Tran</v>
       </c>
       <c r="E8">
+        <v>13</v>
+      </c>
+      <c r="F8">
+        <v>82</v>
+      </c>
+      <c r="G8">
+        <v>218704</v>
+      </c>
+      <c r="H8" t="str">
+        <v>prelude97</v>
+      </c>
+      <c r="I8">
+        <v>13</v>
+      </c>
+      <c r="J8">
+        <v>82</v>
+      </c>
+      <c r="K8">
+        <v>3</v>
+      </c>
+      <c r="L8">
+        <v>5</v>
+      </c>
+      <c r="M8">
+        <v>6</v>
+      </c>
+      <c r="N8">
+        <v>4</v>
+      </c>
+      <c r="O8">
+        <v>3</v>
+      </c>
+      <c r="P8">
+        <v>6</v>
+      </c>
+      <c r="Q8">
+        <v>3</v>
+      </c>
+      <c r="R8">
+        <v>5</v>
+      </c>
+      <c r="S8">
         <v>7</v>
       </c>
-      <c r="F8">
-[...5 lines deleted...]
-      <c r="I8">
+      <c r="T8">
+        <v>4</v>
+      </c>
+      <c r="U8">
+        <v>3</v>
+      </c>
+      <c r="V8">
+        <v>2</v>
+      </c>
+      <c r="W8">
+        <v>6</v>
+      </c>
+      <c r="X8">
+        <v>3</v>
+      </c>
+      <c r="Y8">
+        <v>3</v>
+      </c>
+      <c r="Z8">
+        <v>6</v>
+      </c>
+      <c r="AA8">
+        <v>6</v>
+      </c>
+      <c r="AB8">
         <v>7</v>
-      </c>
-[...43 lines deleted...]
-        <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MPO</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
-        <v>David Moad</v>
+        <v>Alex Childers</v>
       </c>
       <c r="E9">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F9">
-        <v>64</v>
+        <v>84</v>
       </c>
       <c r="G9">
-        <v>287199</v>
+        <v>236818</v>
       </c>
       <c r="H9" t="str">
-        <v>beastmoad</v>
+        <v>alch233</v>
       </c>
       <c r="I9">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="J9">
-        <v>64</v>
+        <v>84</v>
+      </c>
+      <c r="K9">
+        <v>3</v>
       </c>
       <c r="L9">
         <v>6</v>
       </c>
       <c r="M9">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="N9">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>4</v>
       </c>
       <c r="Q9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R9">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="S9">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T9">
         <v>4</v>
       </c>
       <c r="U9">
         <v>5</v>
       </c>
       <c r="V9">
         <v>3</v>
       </c>
       <c r="W9">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="X9">
         <v>5</v>
       </c>
       <c r="Y9">
         <v>4</v>
+      </c>
+      <c r="Z9">
+        <v>6</v>
+      </c>
+      <c r="AA9">
+        <v>4</v>
+      </c>
+      <c r="AB9">
+        <v>5</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MPO</v>
       </c>
       <c r="B10" t="str">
         <v>9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
-        <v>Alex Childers</v>
+        <v>David Moad</v>
       </c>
       <c r="E10">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F10">
-        <v>66</v>
+        <v>85</v>
       </c>
       <c r="G10">
-        <v>236818</v>
+        <v>287199</v>
       </c>
       <c r="H10" t="str">
-        <v>alch233</v>
+        <v>beastmoad</v>
       </c>
       <c r="I10">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="J10">
-        <v>66</v>
+        <v>85</v>
+      </c>
+      <c r="K10">
+        <v>4</v>
       </c>
       <c r="L10">
         <v>6</v>
       </c>
       <c r="M10">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="N10">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>4</v>
       </c>
       <c r="Q10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R10">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="S10">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T10">
         <v>4</v>
       </c>
       <c r="U10">
         <v>5</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="X10">
         <v>5</v>
       </c>
       <c r="Y10">
         <v>4</v>
+      </c>
+      <c r="Z10">
+        <v>4</v>
+      </c>
+      <c r="AA10">
+        <v>4</v>
+      </c>
+      <c r="AB10">
+        <v>9</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB10"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:AB7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
@@ -1309,194 +1432,554 @@
         <v>hole_12</v>
       </c>
       <c r="W1" t="str">
         <v>hole_13</v>
       </c>
       <c r="X1" t="str">
         <v>hole_14</v>
       </c>
       <c r="Y1" t="str">
         <v>hole_15</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MA2</v>
       </c>
+      <c r="B2" t="str">
+        <v>1</v>
+      </c>
+      <c r="C2">
+        <v>1</v>
+      </c>
       <c r="D2" t="str">
         <v>Brian D</v>
       </c>
       <c r="E2">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="F2">
-        <v>0</v>
+        <v>66</v>
       </c>
       <c r="G2">
         <v>199851</v>
       </c>
       <c r="H2" t="str">
         <v>l3rian</v>
       </c>
       <c r="I2">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="J2">
-        <v>0</v>
+        <v>66</v>
+      </c>
+      <c r="K2">
+        <v>3</v>
+      </c>
+      <c r="L2">
+        <v>3</v>
+      </c>
+      <c r="M2">
+        <v>3</v>
+      </c>
+      <c r="N2">
+        <v>4</v>
+      </c>
+      <c r="O2">
+        <v>3</v>
+      </c>
+      <c r="P2">
+        <v>5</v>
+      </c>
+      <c r="Q2">
+        <v>3</v>
+      </c>
+      <c r="R2">
+        <v>5</v>
+      </c>
+      <c r="S2">
+        <v>4</v>
+      </c>
+      <c r="T2">
+        <v>4</v>
+      </c>
+      <c r="U2">
+        <v>3</v>
+      </c>
+      <c r="V2">
+        <v>3</v>
+      </c>
+      <c r="W2">
+        <v>6</v>
+      </c>
+      <c r="X2">
+        <v>3</v>
+      </c>
+      <c r="Y2">
+        <v>2</v>
+      </c>
+      <c r="Z2">
+        <v>4</v>
+      </c>
+      <c r="AA2">
+        <v>4</v>
+      </c>
+      <c r="AB2">
+        <v>4</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MA2</v>
       </c>
+      <c r="B3" t="str">
+        <v>T2</v>
+      </c>
+      <c r="C3">
+        <v>2</v>
+      </c>
       <c r="D3" t="str">
         <v>Kelton Barrows</v>
       </c>
       <c r="E3">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="F3">
-        <v>0</v>
+        <v>68</v>
       </c>
       <c r="G3">
         <v>195476</v>
       </c>
       <c r="H3" t="str">
         <v>barrowskj</v>
       </c>
       <c r="I3">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="J3">
-        <v>0</v>
+        <v>68</v>
+      </c>
+      <c r="K3">
+        <v>2</v>
+      </c>
+      <c r="L3">
+        <v>4</v>
+      </c>
+      <c r="M3">
+        <v>5</v>
+      </c>
+      <c r="N3">
+        <v>4</v>
+      </c>
+      <c r="O3">
+        <v>3</v>
+      </c>
+      <c r="P3">
+        <v>3</v>
+      </c>
+      <c r="Q3">
+        <v>3</v>
+      </c>
+      <c r="R3">
+        <v>4</v>
+      </c>
+      <c r="S3">
+        <v>4</v>
+      </c>
+      <c r="T3">
+        <v>3</v>
+      </c>
+      <c r="U3">
+        <v>5</v>
+      </c>
+      <c r="V3">
+        <v>4</v>
+      </c>
+      <c r="W3">
+        <v>4</v>
+      </c>
+      <c r="X3">
+        <v>2</v>
+      </c>
+      <c r="Y3">
+        <v>3</v>
+      </c>
+      <c r="Z3">
+        <v>6</v>
+      </c>
+      <c r="AA3">
+        <v>3</v>
+      </c>
+      <c r="AB3">
+        <v>6</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>MA2</v>
       </c>
+      <c r="B4" t="str">
+        <v>T2</v>
+      </c>
+      <c r="C4">
+        <v>2</v>
+      </c>
       <c r="D4" t="str">
         <v>JKula</v>
       </c>
       <c r="E4">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="F4">
-        <v>0</v>
+        <v>68</v>
       </c>
       <c r="H4" t="str">
         <v>jeffkula</v>
       </c>
       <c r="I4">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="J4">
-        <v>0</v>
+        <v>68</v>
+      </c>
+      <c r="K4">
+        <v>2</v>
+      </c>
+      <c r="L4">
+        <v>4</v>
+      </c>
+      <c r="M4">
+        <v>4</v>
+      </c>
+      <c r="N4">
+        <v>3</v>
+      </c>
+      <c r="O4">
+        <v>3</v>
+      </c>
+      <c r="P4">
+        <v>3</v>
+      </c>
+      <c r="Q4">
+        <v>3</v>
+      </c>
+      <c r="R4">
+        <v>5</v>
+      </c>
+      <c r="S4">
+        <v>3</v>
+      </c>
+      <c r="T4">
+        <v>4</v>
+      </c>
+      <c r="U4">
+        <v>4</v>
+      </c>
+      <c r="V4">
+        <v>4</v>
+      </c>
+      <c r="W4">
+        <v>5</v>
+      </c>
+      <c r="X4">
+        <v>3</v>
+      </c>
+      <c r="Y4">
+        <v>3</v>
+      </c>
+      <c r="Z4">
+        <v>6</v>
+      </c>
+      <c r="AA4">
+        <v>4</v>
+      </c>
+      <c r="AB4">
+        <v>5</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MA3</v>
       </c>
+      <c r="B5" t="str">
+        <v>1</v>
+      </c>
+      <c r="C5">
+        <v>1</v>
+      </c>
       <c r="D5" t="str">
         <v>Kevin Kula</v>
       </c>
       <c r="E5">
         <v>0</v>
       </c>
       <c r="F5">
-        <v>0</v>
+        <v>69</v>
       </c>
       <c r="G5">
         <v>237142</v>
       </c>
       <c r="H5" t="str">
         <v>kkcudge</v>
       </c>
       <c r="I5">
         <v>0</v>
       </c>
       <c r="J5">
-        <v>0</v>
+        <v>69</v>
+      </c>
+      <c r="K5">
+        <v>3</v>
+      </c>
+      <c r="L5">
+        <v>5</v>
+      </c>
+      <c r="M5">
+        <v>4</v>
+      </c>
+      <c r="N5">
+        <v>4</v>
+      </c>
+      <c r="O5">
+        <v>2</v>
+      </c>
+      <c r="P5">
+        <v>3</v>
+      </c>
+      <c r="Q5">
+        <v>3</v>
+      </c>
+      <c r="R5">
+        <v>5</v>
+      </c>
+      <c r="S5">
+        <v>4</v>
+      </c>
+      <c r="T5">
+        <v>4</v>
+      </c>
+      <c r="U5">
+        <v>4</v>
+      </c>
+      <c r="V5">
+        <v>2</v>
+      </c>
+      <c r="W5">
+        <v>6</v>
+      </c>
+      <c r="X5">
+        <v>3</v>
+      </c>
+      <c r="Y5">
+        <v>3</v>
+      </c>
+      <c r="Z5">
+        <v>5</v>
+      </c>
+      <c r="AA5">
+        <v>4</v>
+      </c>
+      <c r="AB5">
+        <v>5</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MA3</v>
       </c>
+      <c r="B6" t="str">
+        <v>2</v>
+      </c>
+      <c r="C6">
+        <v>2</v>
+      </c>
       <c r="D6" t="str">
         <v>Brian Jantzen</v>
       </c>
       <c r="E6">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="F6">
-        <v>0</v>
+        <v>73</v>
       </c>
       <c r="H6" t="str">
         <v>brianjantzen</v>
       </c>
       <c r="I6">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="J6">
-        <v>0</v>
+        <v>73</v>
+      </c>
+      <c r="K6">
+        <v>3</v>
+      </c>
+      <c r="L6">
+        <v>5</v>
+      </c>
+      <c r="M6">
+        <v>4</v>
+      </c>
+      <c r="N6">
+        <v>5</v>
+      </c>
+      <c r="O6">
+        <v>3</v>
+      </c>
+      <c r="P6">
+        <v>4</v>
+      </c>
+      <c r="Q6">
+        <v>3</v>
+      </c>
+      <c r="R6">
+        <v>5</v>
+      </c>
+      <c r="S6">
+        <v>4</v>
+      </c>
+      <c r="T6">
+        <v>4</v>
+      </c>
+      <c r="U6">
+        <v>4</v>
+      </c>
+      <c r="V6">
+        <v>3</v>
+      </c>
+      <c r="W6">
+        <v>6</v>
+      </c>
+      <c r="X6">
+        <v>3</v>
+      </c>
+      <c r="Y6">
+        <v>3</v>
+      </c>
+      <c r="Z6">
+        <v>4</v>
+      </c>
+      <c r="AA6">
+        <v>5</v>
+      </c>
+      <c r="AB6">
+        <v>5</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MA4</v>
       </c>
+      <c r="B7" t="str">
+        <v>1</v>
+      </c>
+      <c r="C7">
+        <v>1</v>
+      </c>
       <c r="D7" t="str">
         <v>Greg Dennis</v>
       </c>
       <c r="E7">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="F7">
-        <v>0</v>
+        <v>74</v>
       </c>
       <c r="G7">
         <v>292313</v>
       </c>
       <c r="H7" t="str">
         <v>gdennis</v>
       </c>
       <c r="I7">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="J7">
-        <v>0</v>
+        <v>74</v>
+      </c>
+      <c r="K7">
+        <v>3</v>
+      </c>
+      <c r="L7">
+        <v>4</v>
+      </c>
+      <c r="M7">
+        <v>4</v>
+      </c>
+      <c r="N7">
+        <v>5</v>
+      </c>
+      <c r="O7">
+        <v>3</v>
+      </c>
+      <c r="P7">
+        <v>4</v>
+      </c>
+      <c r="Q7">
+        <v>2</v>
+      </c>
+      <c r="R7">
+        <v>5</v>
+      </c>
+      <c r="S7">
+        <v>4</v>
+      </c>
+      <c r="T7">
+        <v>5</v>
+      </c>
+      <c r="U7">
+        <v>6</v>
+      </c>
+      <c r="V7">
+        <v>4</v>
+      </c>
+      <c r="W7">
+        <v>5</v>
+      </c>
+      <c r="X7">
+        <v>3</v>
+      </c>
+      <c r="Y7">
+        <v>3</v>
+      </c>
+      <c r="Z7">
+        <v>5</v>
+      </c>
+      <c r="AA7">
+        <v>4</v>
+      </c>
+      <c r="AB7">
+        <v>5</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB7"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Pool A: Gold - Round 1</vt:lpstr>