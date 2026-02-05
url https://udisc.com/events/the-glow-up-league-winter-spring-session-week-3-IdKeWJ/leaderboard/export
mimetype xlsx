--- v0 (2025-11-06)
+++ v1 (2026-02-05)
@@ -1356,50 +1356,53 @@
       </c>
       <c r="C10">
         <v>-1</v>
       </c>
       <c r="D10">
         <v>-1</v>
       </c>
       <c r="E10" t="str">
         <v>GEN</v>
       </c>
       <c r="F10" t="str">
         <v>8</v>
       </c>
       <c r="G10">
         <v>8</v>
       </c>
       <c r="H10" t="str">
         <v>Aaron Atkinson</v>
       </c>
       <c r="I10">
         <v>0</v>
       </c>
       <c r="J10">
         <v>59</v>
       </c>
+      <c r="K10">
+        <v>319869</v>
+      </c>
       <c r="L10" t="str">
         <v>aarona</v>
       </c>
       <c r="M10">
         <v>0</v>
       </c>
       <c r="N10">
         <v>59</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
         <v>3</v>
       </c>
       <c r="R10">
         <v>3</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">