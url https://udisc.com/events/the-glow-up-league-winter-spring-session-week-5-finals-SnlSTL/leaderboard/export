--- v0 (2025-11-06)
+++ v1 (2026-02-05)
@@ -1062,50 +1062,53 @@
       </c>
       <c r="C7">
         <v>-3</v>
       </c>
       <c r="D7">
         <v>-1</v>
       </c>
       <c r="E7" t="str">
         <v>GEN</v>
       </c>
       <c r="F7" t="str">
         <v>5</v>
       </c>
       <c r="G7">
         <v>5</v>
       </c>
       <c r="H7" t="str">
         <v>Aaron Atkinson</v>
       </c>
       <c r="I7">
         <v>-2</v>
       </c>
       <c r="J7">
         <v>57</v>
       </c>
+      <c r="K7">
+        <v>319869</v>
+      </c>
       <c r="L7" t="str">
         <v>aarona</v>
       </c>
       <c r="M7">
         <v>-2</v>
       </c>
       <c r="N7">
         <v>57</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
         <v>2</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
         <v>2</v>
       </c>
       <c r="T7">