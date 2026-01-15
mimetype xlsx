--- v0 (2025-12-10)
+++ v1 (2026-01-15)
@@ -1296,51 +1296,51 @@
       </c>
       <c r="L24">
         <v>100</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>MA3</v>
       </c>
       <c r="B25" t="str">
         <v>1</v>
       </c>
       <c r="C25">
         <v>1</v>
       </c>
       <c r="D25" t="str">
         <v>Hookgrip &amp; Hyzer</v>
       </c>
       <c r="E25">
         <v>-1</v>
       </c>
       <c r="F25">
         <v>171</v>
       </c>
       <c r="H25" t="str">
-        <v>atgace,xchrissimmonsx</v>
+        <v>andrewgiralde,xchrissimmonsx</v>
       </c>
       <c r="I25">
         <v>1</v>
       </c>
       <c r="J25">
         <v>-2</v>
       </c>
       <c r="K25">
         <v>87</v>
       </c>
       <c r="L25">
         <v>84</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>MA3</v>
       </c>
       <c r="B26" t="str">
         <v>2</v>
       </c>
       <c r="C26">
         <v>2</v>
       </c>
       <c r="D26" t="str">
@@ -5073,51 +5073,51 @@
       </c>
       <c r="AJ25">
         <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>MA3</v>
       </c>
       <c r="B26" t="str">
         <v>2</v>
       </c>
       <c r="C26">
         <v>2</v>
       </c>
       <c r="D26" t="str">
         <v>Hookgrip &amp; Hyzer</v>
       </c>
       <c r="E26">
         <v>1</v>
       </c>
       <c r="F26">
         <v>87</v>
       </c>
       <c r="H26" t="str">
-        <v>atgace,xchrissimmonsx</v>
+        <v>andrewgiralde,xchrissimmonsx</v>
       </c>
       <c r="I26">
         <v>1</v>
       </c>
       <c r="J26">
         <v>87</v>
       </c>
       <c r="K26">
         <v>3</v>
       </c>
       <c r="L26">
         <v>2</v>
       </c>
       <c r="M26">
         <v>3</v>
       </c>
       <c r="N26">
         <v>3</v>
       </c>
       <c r="O26">
         <v>5</v>
       </c>
       <c r="P26">
         <v>3</v>
       </c>
@@ -10799,51 +10799,51 @@
       </c>
       <c r="AJ24">
         <v>3</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>MA3</v>
       </c>
       <c r="B25" t="str">
         <v>1</v>
       </c>
       <c r="C25">
         <v>1</v>
       </c>
       <c r="D25" t="str">
         <v>Hookgrip &amp; Hyzer</v>
       </c>
       <c r="E25">
         <v>-1</v>
       </c>
       <c r="F25">
         <v>171</v>
       </c>
       <c r="H25" t="str">
-        <v>atgace,xchrissimmonsx</v>
+        <v>andrewgiralde,xchrissimmonsx</v>
       </c>
       <c r="I25">
         <v>-2</v>
       </c>
       <c r="J25">
         <v>84</v>
       </c>
       <c r="K25">
         <v>3</v>
       </c>
       <c r="L25">
         <v>2</v>
       </c>
       <c r="M25">
         <v>3</v>
       </c>
       <c r="N25">
         <v>4</v>
       </c>
       <c r="O25">
         <v>3</v>
       </c>
       <c r="P25">
         <v>3</v>
       </c>