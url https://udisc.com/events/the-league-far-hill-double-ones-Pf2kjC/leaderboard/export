--- v0 (2025-12-16)
+++ v1 (2026-03-18)
@@ -4304,50 +4304,53 @@
         <v>2</v>
       </c>
       <c r="AF40">
         <v>4</v>
       </c>
     </row>
     <row r="41">
       <c r="E41" t="str">
         <v>GEN</v>
       </c>
       <c r="F41" t="str">
         <v>T27</v>
       </c>
       <c r="G41">
         <v>27</v>
       </c>
       <c r="H41" t="str">
         <v>Michael Vogt</v>
       </c>
       <c r="I41">
         <v>7</v>
       </c>
       <c r="J41">
         <v>63</v>
       </c>
+      <c r="K41">
+        <v>301461</v>
+      </c>
       <c r="L41" t="str">
         <v>mvogt2890</v>
       </c>
       <c r="M41">
         <v>7</v>
       </c>
       <c r="N41">
         <v>63</v>
       </c>
       <c r="O41">
         <v>4</v>
       </c>
       <c r="P41">
         <v>4</v>
       </c>
       <c r="Q41">
         <v>4</v>
       </c>
       <c r="R41">
         <v>3</v>
       </c>
       <c r="S41">
         <v>4</v>
       </c>
       <c r="T41">