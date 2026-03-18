--- v0 (2026-02-01)
+++ v1 (2026-03-18)
@@ -1250,212 +1250,215 @@
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>T7</v>
       </c>
       <c r="B9">
         <v>7</v>
       </c>
       <c r="C9">
         <v>-3</v>
       </c>
       <c r="D9">
         <v>-4</v>
       </c>
       <c r="E9" t="str">
         <v>GEN</v>
       </c>
       <c r="F9" t="str">
         <v>T7</v>
       </c>
       <c r="G9">
         <v>7</v>
       </c>
       <c r="H9" t="str">
-        <v>Eric Mitchell</v>
+        <v>Michael Vogt</v>
       </c>
       <c r="I9">
         <v>1</v>
       </c>
       <c r="J9">
         <v>59</v>
       </c>
+      <c r="K9">
+        <v>301461</v>
+      </c>
       <c r="L9" t="str">
-        <v>emitchell</v>
+        <v>mvogt2890</v>
       </c>
       <c r="M9">
         <v>1</v>
       </c>
       <c r="N9">
         <v>59</v>
       </c>
       <c r="O9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P9">
         <v>4</v>
       </c>
       <c r="Q9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S9">
         <v>3</v>
       </c>
       <c r="T9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U9">
         <v>3</v>
       </c>
       <c r="V9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W9">
         <v>2</v>
       </c>
       <c r="X9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y9">
         <v>4</v>
       </c>
       <c r="Z9">
         <v>3</v>
       </c>
       <c r="AA9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB9">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AC9">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AD9">
         <v>3</v>
       </c>
       <c r="AE9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF9">
         <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>T7</v>
       </c>
       <c r="B10">
         <v>7</v>
       </c>
       <c r="C10">
         <v>-3</v>
       </c>
       <c r="D10">
         <v>-4</v>
       </c>
       <c r="E10" t="str">
         <v>GEN</v>
       </c>
       <c r="F10" t="str">
         <v>T7</v>
       </c>
       <c r="G10">
         <v>7</v>
       </c>
       <c r="H10" t="str">
-        <v>Michael Vogt</v>
+        <v>Eric Mitchell</v>
       </c>
       <c r="I10">
         <v>1</v>
       </c>
       <c r="J10">
         <v>59</v>
       </c>
       <c r="L10" t="str">
-        <v>mvogt2890</v>
+        <v>emitchell</v>
       </c>
       <c r="M10">
         <v>1</v>
       </c>
       <c r="N10">
         <v>59</v>
       </c>
       <c r="O10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P10">
         <v>4</v>
       </c>
       <c r="Q10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U10">
         <v>3</v>
       </c>
       <c r="V10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W10">
         <v>2</v>
       </c>
       <c r="X10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y10">
         <v>4</v>
       </c>
       <c r="Z10">
         <v>3</v>
       </c>
       <c r="AA10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB10">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AC10">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AD10">
         <v>3</v>
       </c>
       <c r="AE10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF10">
         <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>T7</v>
       </c>
       <c r="B11">
         <v>7</v>
       </c>
       <c r="C11">
         <v>-3</v>
       </c>
       <c r="D11">
         <v>-7</v>
       </c>
       <c r="E11" t="str">
         <v>GEN</v>
       </c>
       <c r="F11" t="str">
         <v>T16</v>
       </c>
       <c r="G11">