--- v0 (2026-02-01)
+++ v1 (2026-03-18)
@@ -1635,50 +1635,53 @@
       </c>
       <c r="C13">
         <v>-3</v>
       </c>
       <c r="D13">
         <v>-3</v>
       </c>
       <c r="E13" t="str">
         <v>GEN</v>
       </c>
       <c r="F13" t="str">
         <v>T9</v>
       </c>
       <c r="G13">
         <v>9</v>
       </c>
       <c r="H13" t="str">
         <v>Michael Vogt</v>
       </c>
       <c r="I13">
         <v>0</v>
       </c>
       <c r="J13">
         <v>58</v>
       </c>
+      <c r="K13">
+        <v>301461</v>
+      </c>
       <c r="L13" t="str">
         <v>mvogt2890</v>
       </c>
       <c r="M13">
         <v>0</v>
       </c>
       <c r="N13">
         <v>58</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
         <v>4</v>
       </c>
       <c r="Q13">
         <v>3</v>
       </c>
       <c r="R13">
         <v>3</v>
       </c>
       <c r="S13">
         <v>3</v>
       </c>
       <c r="T13">