--- v0 (2025-10-26)
+++ v1 (2025-12-20)
@@ -1,64 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="bin" ContentType="application/vnd.ms-excel.sheet.binary.macroEnabled.main"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="data" ContentType="application/vnd.openxmlformats-officedocument.model+data"/>
   <Default Extension="bmp" ContentType="image/bmp"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="tif" ContentType="image/tiff"/>
   <Default Extension="tiff" ContentType="image/tiff"/>
   <Default Extension="pdf" ContentType="application/pdf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Event results" sheetId="1" r:id="rId1"/>
     <sheet name="Round 1" sheetId="2" r:id="rId2"/>
+    <sheet name="Round 2" sheetId="3" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xlrd="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
 </metadata>
 </file>
@@ -87,51 +89,51 @@
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleMedium4"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -412,51 +414,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:P11"/>
+  <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="22.83203125" customWidth="1"/>
     <col min="10" max="10" width="22.83203125" customWidth="1"/>
     <col min="11" max="11" width="22.83203125" customWidth="1"/>
     <col min="12" max="12" width="22.83203125" customWidth="1"/>
     <col min="13" max="13" width="19.83203125" customWidth="1"/>
     <col min="14" max="14" width="19.83203125" customWidth="1"/>
     <col min="15" max="15" width="19.83203125" customWidth="1"/>
     <col min="16" max="16" width="19.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>division</v>
@@ -485,418 +487,53 @@
       <c r="I1" t="str">
         <v>round_1_relative_score</v>
       </c>
       <c r="J1" t="str">
         <v>round_2_relative_score</v>
       </c>
       <c r="K1" t="str">
         <v>round_3_relative_score</v>
       </c>
       <c r="L1" t="str">
         <v>round_4_relative_score</v>
       </c>
       <c r="M1" t="str">
         <v>round_1_total_score</v>
       </c>
       <c r="N1" t="str">
         <v>round_2_total_score</v>
       </c>
       <c r="O1" t="str">
         <v>round_3_total_score</v>
       </c>
       <c r="P1" t="str">
         <v>round_4_total_score</v>
       </c>
     </row>
-    <row r="2">
-[...363 lines deleted...]
-    </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:P11"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:P2"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:AB11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
@@ -1832,50 +1469,456 @@
         <v>8</v>
       </c>
       <c r="X11">
         <v>4</v>
       </c>
       <c r="Y11">
         <v>6</v>
       </c>
       <c r="Z11">
         <v>6</v>
       </c>
       <c r="AA11">
         <v>7</v>
       </c>
       <c r="AB11">
         <v>7</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB11"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <dimension ref="A1:AB11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <cols>
+    <col min="1" max="1" width="8.83203125" customWidth="1"/>
+    <col min="2" max="2" width="8.83203125" customWidth="1"/>
+    <col min="3" max="3" width="12.83203125" customWidth="1"/>
+    <col min="4" max="4" width="20.83203125" customWidth="1"/>
+    <col min="5" max="5" width="20.83203125" customWidth="1"/>
+    <col min="6" max="6" width="17.83203125" customWidth="1"/>
+    <col min="7" max="7" width="11.83203125" customWidth="1"/>
+    <col min="8" max="8" width="8.83203125" customWidth="1"/>
+    <col min="9" max="9" width="20.83203125" customWidth="1"/>
+    <col min="10" max="10" width="17.83203125" customWidth="1"/>
+    <col min="11" max="11" width="6.83203125" customWidth="1"/>
+    <col min="12" max="12" width="6.83203125" customWidth="1"/>
+    <col min="13" max="13" width="6.83203125" customWidth="1"/>
+    <col min="14" max="14" width="6.83203125" customWidth="1"/>
+    <col min="15" max="15" width="6.83203125" customWidth="1"/>
+    <col min="16" max="16" width="6.83203125" customWidth="1"/>
+    <col min="17" max="17" width="6.83203125" customWidth="1"/>
+    <col min="18" max="18" width="6.83203125" customWidth="1"/>
+    <col min="19" max="19" width="6.83203125" customWidth="1"/>
+    <col min="20" max="20" width="7.83203125" customWidth="1"/>
+    <col min="21" max="21" width="7.83203125" customWidth="1"/>
+    <col min="22" max="22" width="7.83203125" customWidth="1"/>
+    <col min="23" max="23" width="7.83203125" customWidth="1"/>
+    <col min="24" max="24" width="7.83203125" customWidth="1"/>
+    <col min="25" max="25" width="7.83203125" customWidth="1"/>
+    <col min="26" max="26" width="7.83203125" customWidth="1"/>
+    <col min="27" max="27" width="7.83203125" customWidth="1"/>
+    <col min="28" max="28" width="7.83203125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="str">
+        <v>division</v>
+      </c>
+      <c r="B1" t="str">
+        <v>position</v>
+      </c>
+      <c r="C1" t="str">
+        <v>position_raw</v>
+      </c>
+      <c r="D1" t="str">
+        <v>name</v>
+      </c>
+      <c r="E1" t="str">
+        <v>event_relative_score</v>
+      </c>
+      <c r="F1" t="str">
+        <v>event_total_score</v>
+      </c>
+      <c r="G1" t="str">
+        <v>pdga_number</v>
+      </c>
+      <c r="H1" t="str">
+        <v>username</v>
+      </c>
+      <c r="I1" t="str">
+        <v>round_relative_score</v>
+      </c>
+      <c r="J1" t="str">
+        <v>round_total_score</v>
+      </c>
+      <c r="K1" t="str">
+        <v>hole_1</v>
+      </c>
+      <c r="L1" t="str">
+        <v>hole_2</v>
+      </c>
+      <c r="M1" t="str">
+        <v>hole_3</v>
+      </c>
+      <c r="N1" t="str">
+        <v>hole_4</v>
+      </c>
+      <c r="O1" t="str">
+        <v>hole_5</v>
+      </c>
+      <c r="P1" t="str">
+        <v>hole_6</v>
+      </c>
+      <c r="Q1" t="str">
+        <v>hole_7</v>
+      </c>
+      <c r="R1" t="str">
+        <v>hole_8</v>
+      </c>
+      <c r="S1" t="str">
+        <v>hole_9</v>
+      </c>
+      <c r="T1" t="str">
+        <v>hole_10</v>
+      </c>
+      <c r="U1" t="str">
+        <v>hole_11</v>
+      </c>
+      <c r="V1" t="str">
+        <v>hole_12</v>
+      </c>
+      <c r="W1" t="str">
+        <v>hole_13</v>
+      </c>
+      <c r="X1" t="str">
+        <v>hole_14</v>
+      </c>
+      <c r="Y1" t="str">
+        <v>hole_15</v>
+      </c>
+      <c r="Z1" t="str">
+        <v>hole_16</v>
+      </c>
+      <c r="AA1" t="str">
+        <v>hole_17</v>
+      </c>
+      <c r="AB1" t="str">
+        <v>hole_18</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="str">
+        <v>MA1</v>
+      </c>
+      <c r="B2" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D2" t="str">
+        <v>Guy Dougherty</v>
+      </c>
+      <c r="E2">
+        <v>18</v>
+      </c>
+      <c r="F2">
+        <v>85</v>
+      </c>
+      <c r="G2">
+        <v>154473</v>
+      </c>
+      <c r="H2" t="str">
+        <v>wanklebutt1</v>
+      </c>
+      <c r="I2">
+        <v>0</v>
+      </c>
+      <c r="J2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="str">
+        <v>MA1</v>
+      </c>
+      <c r="B3" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D3" t="str">
+        <v>Kenny Barnes</v>
+      </c>
+      <c r="E3">
+        <v>19</v>
+      </c>
+      <c r="F3">
+        <v>86</v>
+      </c>
+      <c r="G3">
+        <v>195257</v>
+      </c>
+      <c r="H3" t="str">
+        <v>fatboydiscgolf</v>
+      </c>
+      <c r="I3">
+        <v>0</v>
+      </c>
+      <c r="J3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="str">
+        <v>MA1</v>
+      </c>
+      <c r="B4" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D4" t="str">
+        <v>Keo</v>
+      </c>
+      <c r="E4">
+        <v>31</v>
+      </c>
+      <c r="F4">
+        <v>98</v>
+      </c>
+      <c r="G4">
+        <v>208534</v>
+      </c>
+      <c r="H4" t="str">
+        <v>keoknows</v>
+      </c>
+      <c r="I4">
+        <v>0</v>
+      </c>
+      <c r="J4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="str">
+        <v>MA1</v>
+      </c>
+      <c r="B5" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D5" t="str">
+        <v>Chad C Cummings</v>
+      </c>
+      <c r="E5">
+        <v>19</v>
+      </c>
+      <c r="F5">
+        <v>86</v>
+      </c>
+      <c r="G5">
+        <v>249195</v>
+      </c>
+      <c r="H5" t="str">
+        <v>tatersaladccc</v>
+      </c>
+      <c r="I5">
+        <v>0</v>
+      </c>
+      <c r="J5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="str">
+        <v>MA1</v>
+      </c>
+      <c r="B6" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D6" t="str">
+        <v>Patrick McCoy</v>
+      </c>
+      <c r="E6">
+        <v>25</v>
+      </c>
+      <c r="F6">
+        <v>92</v>
+      </c>
+      <c r="G6">
+        <v>256892</v>
+      </c>
+      <c r="H6" t="str">
+        <v>patrick1337</v>
+      </c>
+      <c r="I6">
+        <v>0</v>
+      </c>
+      <c r="J6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="str">
+        <v>MA1</v>
+      </c>
+      <c r="B7" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D7" t="str">
+        <v>Alex McCoy</v>
+      </c>
+      <c r="E7">
+        <v>50</v>
+      </c>
+      <c r="F7">
+        <v>117</v>
+      </c>
+      <c r="H7" t="str">
+        <v>amdusk</v>
+      </c>
+      <c r="I7">
+        <v>0</v>
+      </c>
+      <c r="J7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="str">
+        <v>MA1</v>
+      </c>
+      <c r="B8" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D8" t="str">
+        <v>CJ Hanke</v>
+      </c>
+      <c r="E8">
+        <v>32</v>
+      </c>
+      <c r="F8">
+        <v>99</v>
+      </c>
+      <c r="H8" t="str">
+        <v>wyogacj</v>
+      </c>
+      <c r="I8">
+        <v>0</v>
+      </c>
+      <c r="J8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="str">
+        <v>MA1</v>
+      </c>
+      <c r="B9" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D9" t="str">
+        <v xml:space="preserve">Chris richards </v>
+      </c>
+      <c r="E9">
+        <v>23</v>
+      </c>
+      <c r="F9">
+        <v>90</v>
+      </c>
+      <c r="H9" t="str">
+        <v>crichards55</v>
+      </c>
+      <c r="I9">
+        <v>0</v>
+      </c>
+      <c r="J9">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="str">
+        <v>MA1</v>
+      </c>
+      <c r="B10" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D10" t="str">
+        <v>Kevin</v>
+      </c>
+      <c r="E10">
+        <v>22</v>
+      </c>
+      <c r="F10">
+        <v>89</v>
+      </c>
+      <c r="H10" t="str">
+        <v>supremeoverlord</v>
+      </c>
+      <c r="I10">
+        <v>0</v>
+      </c>
+      <c r="J10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="str">
+        <v>MA1</v>
+      </c>
+      <c r="B11" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D11" t="str">
+        <v xml:space="preserve">Wrecca </v>
+      </c>
+      <c r="E11">
+        <v>25</v>
+      </c>
+      <c r="F11">
+        <v>92</v>
+      </c>
+      <c r="H11" t="str">
+        <v>wrecca</v>
+      </c>
+      <c r="I11">
+        <v>0</v>
+      </c>
+      <c r="J11">
+        <v>0</v>
+      </c>
+    </row>
+  </sheetData>
+  <ignoredErrors>
+    <ignoredError numberStoredAsText="1" sqref="A1:AB11"/>
+  </ignoredErrors>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
       <vt:lpstr>Round 1</vt:lpstr>
+      <vt:lpstr>Round 2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
 </file>