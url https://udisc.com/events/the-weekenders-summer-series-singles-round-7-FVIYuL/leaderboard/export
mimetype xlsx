--- v0 (2025-10-19)
+++ v1 (2025-12-18)
@@ -980,50 +980,53 @@
         <v>3</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MREC</v>
       </c>
       <c r="B7" t="str">
         <v>1</v>
       </c>
       <c r="C7">
         <v>1</v>
       </c>
       <c r="D7" t="str">
         <v>Aaron Dakota cooke</v>
       </c>
       <c r="E7">
         <v>5</v>
       </c>
       <c r="F7">
         <v>59</v>
       </c>
+      <c r="G7">
+        <v>310269</v>
+      </c>
       <c r="H7" t="str">
         <v>trippple</v>
       </c>
       <c r="I7">
         <v>5</v>
       </c>
       <c r="J7">
         <v>59</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
         <v>4</v>
       </c>
       <c r="P7">