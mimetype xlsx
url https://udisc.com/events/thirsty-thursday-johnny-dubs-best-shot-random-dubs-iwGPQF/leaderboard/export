--- v0 (2025-10-24)
+++ v1 (2026-03-31)
@@ -1049,51 +1049,51 @@
       </c>
       <c r="AB7">
         <v>2</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>T6</v>
       </c>
       <c r="C8">
         <v>6</v>
       </c>
       <c r="D8" t="str">
         <v>Clint Brafford &amp; Jack Berens</v>
       </c>
       <c r="E8">
         <v>-15</v>
       </c>
       <c r="F8">
         <v>39</v>
       </c>
       <c r="H8" t="str">
-        <v>clinthpd3,jberens</v>
+        <v>clinthpd3,jackberens</v>
       </c>
       <c r="I8">
         <v>-15</v>
       </c>
       <c r="J8">
         <v>39</v>
       </c>
       <c r="K8">
         <v>2</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>2</v>
       </c>
       <c r="O8">
         <v>2</v>
       </c>
       <c r="P8">
         <v>2</v>
       </c>