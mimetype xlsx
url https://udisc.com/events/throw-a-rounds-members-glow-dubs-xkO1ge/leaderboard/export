--- v1 (2026-01-12)
+++ v2 (2026-02-22)
@@ -551,51 +551,51 @@
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>Member</v>
       </c>
       <c r="B2" t="str">
         <v>T1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Boom Bros</v>
       </c>
       <c r="E2">
         <v>-13</v>
       </c>
       <c r="F2">
         <v>44</v>
       </c>
       <c r="H2" t="str">
-        <v>dpribonic,ericswint</v>
+        <v>ericswint,dpribonic</v>
       </c>
       <c r="I2">
         <v>-13</v>
       </c>
       <c r="J2">
         <v>44</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>2</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>2</v>
       </c>
@@ -800,51 +800,51 @@
       </c>
       <c r="AB4">
         <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>Member</v>
       </c>
       <c r="B5" t="str">
         <v>T4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Par-taker and Condor</v>
       </c>
       <c r="E5">
         <v>-10</v>
       </c>
       <c r="F5">
         <v>47</v>
       </c>
       <c r="H5" t="str">
-        <v>condorchris,tdubbs71</v>
+        <v>tdubbs71,condorchris</v>
       </c>
       <c r="I5">
         <v>-10</v>
       </c>
       <c r="J5">
         <v>47</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">
         <v>2</v>
       </c>
@@ -966,51 +966,51 @@
       </c>
       <c r="AB6">
         <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>Member</v>
       </c>
       <c r="B7" t="str">
         <v>T4</v>
       </c>
       <c r="C7">
         <v>4</v>
       </c>
       <c r="D7" t="str">
         <v xml:space="preserve">What what in the putt? </v>
       </c>
       <c r="E7">
         <v>-10</v>
       </c>
       <c r="F7">
         <v>47</v>
       </c>
       <c r="H7" t="str">
-        <v>forrrrest,discoball</v>
+        <v>discoball,forrrrest</v>
       </c>
       <c r="I7">
         <v>-10</v>
       </c>
       <c r="J7">
         <v>47</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>2</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
         <v>2</v>
       </c>
@@ -1215,51 +1215,51 @@
       </c>
       <c r="AB9">
         <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>Member</v>
       </c>
       <c r="B10" t="str">
         <v>T7</v>
       </c>
       <c r="C10">
         <v>7</v>
       </c>
       <c r="D10" t="str">
         <v>Will it flip</v>
       </c>
       <c r="E10">
         <v>-8</v>
       </c>
       <c r="F10">
         <v>49</v>
       </c>
       <c r="H10" t="str">
-        <v>kaikanemurphy,camdenthemanden</v>
+        <v>camdenthemanden,kaikanemurphy</v>
       </c>
       <c r="I10">
         <v>-8</v>
       </c>
       <c r="J10">
         <v>49</v>
       </c>
       <c r="K10">
         <v>3</v>
       </c>
       <c r="L10">
         <v>2</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>4</v>
       </c>
       <c r="O10">
         <v>2</v>
       </c>
       <c r="P10">
         <v>2</v>
       </c>
@@ -1298,51 +1298,51 @@
       </c>
       <c r="AB10">
         <v>2</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>Member</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
         <v xml:space="preserve">Volcano Insurance </v>
       </c>
       <c r="E11">
         <v>-7</v>
       </c>
       <c r="F11">
         <v>50</v>
       </c>
       <c r="H11" t="str">
-        <v>sandolla,maxvannoort</v>
+        <v>maxvannoort,sandolla</v>
       </c>
       <c r="I11">
         <v>-7</v>
       </c>
       <c r="J11">
         <v>50</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>2</v>
       </c>
@@ -1381,51 +1381,51 @@
       </c>
       <c r="AB11">
         <v>2</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>Member</v>
       </c>
       <c r="B12" t="str">
         <v>11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
         <v>The Other Guys</v>
       </c>
       <c r="E12">
         <v>-6</v>
       </c>
       <c r="F12">
         <v>51</v>
       </c>
       <c r="H12" t="str">
-        <v>ceezer85,markjlambert</v>
+        <v>markjlambert,ceezer85</v>
       </c>
       <c r="I12">
         <v>-6</v>
       </c>
       <c r="J12">
         <v>51</v>
       </c>
       <c r="K12">
         <v>3</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
@@ -1464,51 +1464,51 @@
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>Member</v>
       </c>
       <c r="B13" t="str">
         <v>12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
         <v>Blue ish collar</v>
       </c>
       <c r="E13">
         <v>-3</v>
       </c>
       <c r="F13">
         <v>54</v>
       </c>
       <c r="H13" t="str">
-        <v>nbrinson,charp7</v>
+        <v>charp7,nbrinson</v>
       </c>
       <c r="I13">
         <v>-3</v>
       </c>
       <c r="J13">
         <v>54</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>
@@ -1630,51 +1630,51 @@
       </c>
       <c r="AB14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>Member</v>
       </c>
       <c r="B15" t="str">
         <v>14</v>
       </c>
       <c r="C15">
         <v>14</v>
       </c>
       <c r="D15" t="str">
         <v>Jonzi</v>
       </c>
       <c r="E15">
         <v>-1</v>
       </c>
       <c r="F15">
         <v>56</v>
       </c>
       <c r="H15" t="str">
-        <v>mjfontanarosa,joulethief</v>
+        <v>joulethief,mjfontanarosa</v>
       </c>
       <c r="I15">
         <v>-1</v>
       </c>
       <c r="J15">
         <v>56</v>
       </c>
       <c r="K15">
         <v>4</v>
       </c>
       <c r="L15">
         <v>3</v>
       </c>
       <c r="M15">
         <v>4</v>
       </c>
       <c r="N15">
         <v>2</v>
       </c>
       <c r="O15">
         <v>4</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>