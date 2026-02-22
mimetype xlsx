--- v0 (2026-01-12)
+++ v1 (2026-02-22)
@@ -551,51 +551,51 @@
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>Member</v>
       </c>
       <c r="B2" t="str">
         <v>T1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Sand with a Rose in</v>
       </c>
       <c r="E2">
         <v>-13</v>
       </c>
       <c r="F2">
         <v>44</v>
       </c>
       <c r="H2" t="str">
-        <v>bubblebubble,sandolla</v>
+        <v>sandolla,bubblebubble</v>
       </c>
       <c r="I2">
         <v>-13</v>
       </c>
       <c r="J2">
         <v>44</v>
       </c>
       <c r="K2">
         <v>2</v>
       </c>
       <c r="L2">
         <v>2</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>2</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
@@ -634,51 +634,51 @@
       </c>
       <c r="AB2">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>Member</v>
       </c>
       <c r="B3" t="str">
         <v>T1</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3" t="str">
         <v>Sax van Naus</v>
       </c>
       <c r="E3">
         <v>-13</v>
       </c>
       <c r="F3">
         <v>44</v>
       </c>
       <c r="H3" t="str">
-        <v>ihausx,maxvannoort</v>
+        <v>maxvannoort,ihausx</v>
       </c>
       <c r="I3">
         <v>-13</v>
       </c>
       <c r="J3">
         <v>44</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>2</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>2</v>
       </c>
       <c r="O3">
         <v>2</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
@@ -883,51 +883,51 @@
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>Member</v>
       </c>
       <c r="B6" t="str">
         <v>T4</v>
       </c>
       <c r="C6">
         <v>4</v>
       </c>
       <c r="D6" t="str">
         <v>He’s a better Caddie</v>
       </c>
       <c r="E6">
         <v>-10</v>
       </c>
       <c r="F6">
         <v>47</v>
       </c>
       <c r="H6" t="str">
-        <v>rsquizzle,devinherring</v>
+        <v>devinherring,rsquizzle</v>
       </c>
       <c r="I6">
         <v>-10</v>
       </c>
       <c r="J6">
         <v>47</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>2</v>
       </c>
       <c r="M6">
         <v>4</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>4</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
@@ -1215,51 +1215,51 @@
       </c>
       <c r="AB9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>Member</v>
       </c>
       <c r="B10" t="str">
         <v>9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
         <v>Team Dacob Jathans</v>
       </c>
       <c r="E10">
         <v>-4</v>
       </c>
       <c r="F10">
         <v>53</v>
       </c>
       <c r="H10" t="str">
-        <v>davidsnathans,joulethief</v>
+        <v>joulethief,davidsnathans</v>
       </c>
       <c r="I10">
         <v>-4</v>
       </c>
       <c r="J10">
         <v>53</v>
       </c>
       <c r="K10">
         <v>3</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>4</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>2</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>