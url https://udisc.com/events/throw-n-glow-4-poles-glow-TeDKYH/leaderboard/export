--- v0 (2025-11-05)
+++ v1 (2025-12-15)
@@ -2344,50 +2344,53 @@
         <v>3</v>
       </c>
       <c r="AB22">
         <v>4</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>MA1</v>
       </c>
       <c r="B23" t="str">
         <v>T10</v>
       </c>
       <c r="C23">
         <v>10</v>
       </c>
       <c r="D23" t="str">
         <v>Bobby Van Buskirk</v>
       </c>
       <c r="E23">
         <v>3</v>
       </c>
       <c r="F23">
         <v>57</v>
       </c>
+      <c r="G23">
+        <v>318483</v>
+      </c>
       <c r="H23" t="str">
         <v>egroerok</v>
       </c>
       <c r="I23">
         <v>3</v>
       </c>
       <c r="J23">
         <v>57</v>
       </c>
       <c r="K23">
         <v>3</v>
       </c>
       <c r="L23">
         <v>3</v>
       </c>
       <c r="M23">
         <v>3</v>
       </c>
       <c r="N23">
         <v>3</v>
       </c>
       <c r="O23">
         <v>3</v>
       </c>
       <c r="P23">