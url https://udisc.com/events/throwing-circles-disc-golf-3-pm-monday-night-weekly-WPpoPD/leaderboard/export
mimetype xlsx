--- v0 (2026-01-19)
+++ v1 (2026-03-18)
@@ -637,51 +637,51 @@
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v xml:space="preserve">Kevin Lopez </v>
       </c>
       <c r="E3">
         <v>-9</v>
       </c>
       <c r="F3">
         <v>46</v>
       </c>
       <c r="H3" t="str">
-        <v>chevin</v>
+        <v>goyimhh</v>
       </c>
       <c r="I3">
         <v>-9</v>
       </c>
       <c r="J3">
         <v>46</v>
       </c>
       <c r="K3">
         <v>4</v>
       </c>
       <c r="L3">
         <v>2</v>
       </c>
       <c r="M3">
         <v>4</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>2</v>
       </c>
       <c r="P3">
         <v>2</v>
       </c>