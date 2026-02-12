--- v0 (2026-01-09)
+++ v1 (2026-02-12)
@@ -536,591 +536,588 @@
       </c>
       <c r="W1" t="str">
         <v>hole_13</v>
       </c>
       <c r="X1" t="str">
         <v>hole_14</v>
       </c>
       <c r="Y1" t="str">
         <v>hole_15</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
-        <v>1</v>
+        <v>T1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
-        <v>Jim misuraca</v>
+        <v>Chris Sanders</v>
       </c>
       <c r="E2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F2">
-        <v>7</v>
+        <v>56</v>
+      </c>
+      <c r="G2">
+        <v>274695</v>
       </c>
       <c r="H2" t="str">
-        <v>jimmydiscgolf</v>
+        <v>csanders82</v>
       </c>
       <c r="I2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J2">
-        <v>7</v>
+        <v>56</v>
       </c>
       <c r="K2">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="L2">
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="M2">
+        <v>3</v>
+      </c>
+      <c r="N2">
+        <v>3</v>
+      </c>
+      <c r="O2">
+        <v>3</v>
+      </c>
+      <c r="P2">
+        <v>3</v>
+      </c>
+      <c r="Q2">
+        <v>3</v>
+      </c>
+      <c r="R2">
+        <v>3</v>
+      </c>
+      <c r="S2">
+        <v>3</v>
+      </c>
+      <c r="T2">
+        <v>4</v>
+      </c>
+      <c r="U2">
+        <v>3</v>
+      </c>
+      <c r="V2">
+        <v>3</v>
+      </c>
+      <c r="W2">
+        <v>3</v>
+      </c>
+      <c r="X2">
+        <v>3</v>
+      </c>
+      <c r="Y2">
+        <v>3</v>
+      </c>
+      <c r="Z2">
+        <v>3</v>
+      </c>
+      <c r="AA2">
+        <v>4</v>
+      </c>
+      <c r="AB2">
+        <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
-        <v>T2</v>
+        <v>T1</v>
       </c>
       <c r="C3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D3" t="str">
-        <v>Chris Sanders</v>
+        <v>Andy Kjellesvik</v>
       </c>
       <c r="E3">
         <v>2</v>
       </c>
       <c r="F3">
         <v>56</v>
       </c>
       <c r="G3">
-        <v>274695</v>
+        <v>311936</v>
       </c>
       <c r="H3" t="str">
-        <v>csanders82</v>
+        <v>andykj</v>
       </c>
       <c r="I3">
         <v>2</v>
       </c>
       <c r="J3">
         <v>56</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S3">
         <v>3</v>
       </c>
       <c r="T3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U3">
         <v>3</v>
       </c>
       <c r="V3">
         <v>3</v>
       </c>
       <c r="W3">
         <v>3</v>
       </c>
       <c r="X3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y3">
         <v>3</v>
       </c>
       <c r="Z3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB3">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
-        <v>T2</v>
+        <v>3</v>
       </c>
       <c r="C4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D4" t="str">
-        <v>Andy Kjellesvik</v>
+        <v>Grover</v>
       </c>
       <c r="E4">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F4">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="G4">
-        <v>311936</v>
+        <v>20600</v>
       </c>
       <c r="H4" t="str">
-        <v>andykj</v>
+        <v>gr0ver</v>
       </c>
       <c r="I4">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="J4">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="K4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N4">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U4">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V4">
         <v>3</v>
       </c>
       <c r="W4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y4">
         <v>3</v>
       </c>
       <c r="Z4">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
-        <v>Grover</v>
+        <v>Ty Eaton</v>
       </c>
       <c r="E5">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F5">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G5">
-        <v>20600</v>
+        <v>290640</v>
       </c>
       <c r="H5" t="str">
-        <v>gr0ver</v>
+        <v>tyberticus</v>
       </c>
       <c r="I5">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J5">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="K5">
         <v>4</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">
         <v>4</v>
       </c>
       <c r="U5">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V5">
         <v>3</v>
       </c>
       <c r="W5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X5">
         <v>3</v>
       </c>
       <c r="Y5">
         <v>3</v>
       </c>
       <c r="Z5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
-        <v>Ty Eaton</v>
+        <v>Mikey Hachmeister</v>
       </c>
       <c r="E6">
+        <v>9</v>
+      </c>
+      <c r="F6">
+        <v>63</v>
+      </c>
+      <c r="G6">
+        <v>317910</v>
+      </c>
+      <c r="H6" t="str">
+        <v>michaeltellya</v>
+      </c>
+      <c r="I6">
+        <v>9</v>
+      </c>
+      <c r="J6">
+        <v>63</v>
+      </c>
+      <c r="K6">
         <v>5</v>
       </c>
-      <c r="F6">
-[...16 lines deleted...]
-      </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V6">
         <v>3</v>
       </c>
       <c r="W6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X6">
         <v>3</v>
       </c>
       <c r="Y6">
         <v>3</v>
       </c>
       <c r="Z6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB6">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
-        <v>Mikey Hachmeister</v>
+        <v>Josh Jarvis</v>
       </c>
       <c r="E7">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F7">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>317910</v>
+        <v>68</v>
       </c>
       <c r="H7" t="str">
-        <v>michaeltellya</v>
+        <v>joshjarvis106</v>
       </c>
       <c r="I7">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="J7">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="K7">
+        <v>4</v>
+      </c>
+      <c r="L7">
+        <v>4</v>
+      </c>
+      <c r="M7">
+        <v>4</v>
+      </c>
+      <c r="N7">
+        <v>4</v>
+      </c>
+      <c r="O7">
         <v>5</v>
       </c>
-      <c r="L7">
-[...10 lines deleted...]
-      </c>
       <c r="P7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
         <v>4</v>
       </c>
       <c r="T7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U7">
         <v>4</v>
       </c>
       <c r="V7">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="W7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB7">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D8" t="str">
+        <v>Jim misuraca</v>
+      </c>
+      <c r="E8">
+        <v>1</v>
+      </c>
+      <c r="F8">
         <v>7</v>
       </c>
-      <c r="C8">
+      <c r="H8" t="str">
+        <v>jimmydiscgolf</v>
+      </c>
+      <c r="I8">
+        <v>1</v>
+      </c>
+      <c r="J8">
         <v>7</v>
       </c>
-      <c r="D8" t="str">
-[...16 lines deleted...]
-      </c>
       <c r="K8">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L8">
-        <v>4</v>
-[...47 lines deleted...]
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB8"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>