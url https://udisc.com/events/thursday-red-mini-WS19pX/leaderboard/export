--- v0 (2025-10-02)
+++ v1 (2025-11-08)
@@ -2422,51 +2422,51 @@
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>MA3</v>
       </c>
       <c r="B24" t="str">
         <v>T6</v>
       </c>
       <c r="C24">
         <v>6</v>
       </c>
       <c r="D24" t="str">
         <v>Erick Sifuentes</v>
       </c>
       <c r="E24">
         <v>8</v>
       </c>
       <c r="F24">
         <v>63</v>
       </c>
       <c r="G24">
         <v>115433</v>
       </c>
       <c r="H24" t="str">
-        <v>wicked24seven</v>
+        <v>sasquatch361</v>
       </c>
       <c r="I24">
         <v>8</v>
       </c>
       <c r="J24">
         <v>63</v>
       </c>
       <c r="K24">
         <v>3</v>
       </c>
       <c r="L24">
         <v>3</v>
       </c>
       <c r="M24">
         <v>4</v>
       </c>
       <c r="N24">
         <v>3</v>
       </c>
       <c r="O24">
         <v>3</v>
       </c>
       <c r="P24">
         <v>3</v>
       </c>