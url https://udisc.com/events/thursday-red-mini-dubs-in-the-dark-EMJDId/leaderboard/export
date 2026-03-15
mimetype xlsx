--- v0 (2025-11-27)
+++ v1 (2026-03-15)
@@ -1327,51 +1327,51 @@
       </c>
       <c r="AF9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MPO</v>
       </c>
       <c r="B10" t="str">
         <v>9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
         <v>Matt Rodrigue &amp; Kimberly Persad</v>
       </c>
       <c r="E10">
         <v>-6</v>
       </c>
       <c r="F10">
         <v>60</v>
       </c>
       <c r="H10" t="str">
-        <v>mrod11,kimmy11</v>
+        <v>mrod11,kimmoslice</v>
       </c>
       <c r="I10">
         <v>-6</v>
       </c>
       <c r="J10">
         <v>60</v>
       </c>
       <c r="K10">
         <v>2</v>
       </c>
       <c r="L10">
         <v>4</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>2</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>