--- v0 (2026-01-11)
+++ v1 (2026-03-15)
@@ -2597,51 +2597,51 @@
       </c>
       <c r="AB25">
         <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>MA3</v>
       </c>
       <c r="B26" t="str">
         <v>3</v>
       </c>
       <c r="C26">
         <v>3</v>
       </c>
       <c r="D26" t="str">
         <v>Kimberly Persad</v>
       </c>
       <c r="E26">
         <v>8</v>
       </c>
       <c r="F26">
         <v>63</v>
       </c>
       <c r="H26" t="str">
-        <v>kimmy11</v>
+        <v>kimmoslice</v>
       </c>
       <c r="I26">
         <v>8</v>
       </c>
       <c r="J26">
         <v>63</v>
       </c>
       <c r="K26">
         <v>3</v>
       </c>
       <c r="L26">
         <v>4</v>
       </c>
       <c r="M26">
         <v>4</v>
       </c>
       <c r="N26">
         <v>5</v>
       </c>
       <c r="O26">
         <v>3</v>
       </c>
       <c r="P26">
         <v>4</v>
       </c>