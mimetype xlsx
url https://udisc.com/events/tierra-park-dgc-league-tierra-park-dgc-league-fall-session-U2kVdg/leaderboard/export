--- v0 (2025-10-06)
+++ v1 (2025-11-17)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AC19"/>
+  <dimension ref="A1:AC21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="12.83203125" customWidth="1"/>
     <col min="8" max="8" width="11.83203125" customWidth="1"/>
     <col min="9" max="9" width="8.83203125" customWidth="1"/>
     <col min="10" max="10" width="20.83203125" customWidth="1"/>
     <col min="11" max="11" width="17.83203125" customWidth="1"/>
     <col min="12" max="12" width="7.83203125" customWidth="1"/>
     <col min="13" max="13" width="7.83203125" customWidth="1"/>
     <col min="14" max="14" width="7.83203125" customWidth="1"/>
     <col min="15" max="15" width="7.83203125" customWidth="1"/>
     <col min="16" max="16" width="7.83203125" customWidth="1"/>
     <col min="17" max="17" width="7.83203125" customWidth="1"/>
     <col min="18" max="18" width="7.83203125" customWidth="1"/>
     <col min="19" max="19" width="7.83203125" customWidth="1"/>
     <col min="20" max="20" width="7.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -889,170 +889,227 @@
         <v>7</v>
       </c>
       <c r="X5">
         <v>7</v>
       </c>
       <c r="Y5">
         <v>8</v>
       </c>
       <c r="Z5">
         <v>7</v>
       </c>
       <c r="AA5">
         <v>7</v>
       </c>
       <c r="AB5">
         <v>7</v>
       </c>
       <c r="AC5">
         <v>7</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>A</v>
       </c>
+      <c r="B6" t="str">
+        <v>DUP</v>
+      </c>
       <c r="D6" t="str">
-        <v>Dalton Beam</v>
+        <v>Mike Wassenmiller</v>
       </c>
       <c r="E6">
-        <v>0</v>
+        <v>34</v>
       </c>
       <c r="F6">
-        <v>0</v>
+        <v>90</v>
       </c>
       <c r="G6">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H6">
-        <v>142485</v>
+        <v>116666</v>
       </c>
       <c r="I6" t="str">
-        <v>daltonbeam</v>
+        <v>wassman</v>
       </c>
       <c r="J6">
-        <v>0</v>
+        <v>34</v>
       </c>
       <c r="K6">
-        <v>0</v>
+        <v>90</v>
+      </c>
+      <c r="L6">
+        <v>3</v>
+      </c>
+      <c r="M6">
+        <v>2</v>
+      </c>
+      <c r="N6">
+        <v>2</v>
+      </c>
+      <c r="O6">
+        <v>3</v>
+      </c>
+      <c r="P6">
+        <v>4</v>
+      </c>
+      <c r="Q6">
+        <v>2</v>
+      </c>
+      <c r="R6">
+        <v>4</v>
+      </c>
+      <c r="S6">
+        <v>2</v>
+      </c>
+      <c r="T6">
+        <v>4</v>
+      </c>
+      <c r="U6">
+        <v>7</v>
+      </c>
+      <c r="V6">
+        <v>7</v>
+      </c>
+      <c r="W6">
+        <v>7</v>
+      </c>
+      <c r="X6">
+        <v>7</v>
+      </c>
+      <c r="Y6">
+        <v>8</v>
+      </c>
+      <c r="Z6">
+        <v>7</v>
+      </c>
+      <c r="AA6">
+        <v>7</v>
+      </c>
+      <c r="AB6">
+        <v>7</v>
+      </c>
+      <c r="AC6">
+        <v>7</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
-        <v>A</v>
+        <v>B</v>
       </c>
       <c r="B7" t="str">
-        <v>DUP</v>
+        <v>1</v>
+      </c>
+      <c r="C7">
+        <v>1</v>
       </c>
       <c r="D7" t="str">
-        <v>Mike Wassenmiller</v>
+        <v>Caleb Tam</v>
       </c>
       <c r="E7">
-        <v>34</v>
+        <v>-5</v>
       </c>
       <c r="F7">
-        <v>90</v>
+        <v>51</v>
       </c>
       <c r="G7">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>116666</v>
+        <v>1</v>
       </c>
       <c r="I7" t="str">
-        <v>wassman</v>
+        <v>calebtam</v>
       </c>
       <c r="J7">
-        <v>34</v>
+        <v>-5</v>
       </c>
       <c r="K7">
-        <v>90</v>
+        <v>51</v>
       </c>
       <c r="L7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M7">
         <v>2</v>
       </c>
       <c r="N7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q7">
         <v>2</v>
       </c>
       <c r="R7">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T7">
         <v>4</v>
       </c>
       <c r="U7">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="V7">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="W7">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="X7">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="Y7">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="Z7">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="AA7">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="AB7">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="AC7">
-        <v>7</v>
+        <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>B</v>
       </c>
       <c r="B8" t="str">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D8" t="str">
         <v>J.J. Geller</v>
       </c>
       <c r="E8">
         <v>-4</v>
       </c>
       <c r="F8">
         <v>52</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
       <c r="H8">
         <v>211994</v>
       </c>
       <c r="I8" t="str">
         <v>jjgeller81</v>
       </c>
       <c r="J8">
         <v>-4</v>
       </c>
       <c r="K8">
         <v>52</v>
       </c>
@@ -1094,1015 +1151,1187 @@
       </c>
       <c r="X8">
         <v>3</v>
       </c>
       <c r="Y8">
         <v>4</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
       <c r="AC8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>B</v>
       </c>
       <c r="B9" t="str">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D9" t="str">
-        <v>Tyler Roxbury</v>
+        <v>Zach k</v>
       </c>
       <c r="E9">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="F9">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="G9">
         <v>1</v>
       </c>
-      <c r="H9">
-[...1 lines deleted...]
-      </c>
       <c r="I9" t="str">
-        <v>trock87</v>
+        <v>zdisc91</v>
       </c>
       <c r="J9">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="K9">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="L9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q9">
         <v>3</v>
       </c>
       <c r="R9">
         <v>2</v>
       </c>
       <c r="S9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T9">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U9">
         <v>3</v>
       </c>
       <c r="V9">
         <v>3</v>
       </c>
       <c r="W9">
         <v>3</v>
       </c>
       <c r="X9">
         <v>3</v>
       </c>
       <c r="Y9">
         <v>4</v>
       </c>
       <c r="Z9">
         <v>4</v>
       </c>
       <c r="AA9">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AB9">
         <v>3</v>
       </c>
       <c r="AC9">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>B</v>
       </c>
       <c r="B10" t="str">
-        <v>T3</v>
+        <v>4</v>
       </c>
       <c r="C10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D10" t="str">
-        <v>Chance Fry</v>
+        <v>Tyler Roxbury</v>
       </c>
       <c r="E10">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F10">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
+      <c r="H10">
+        <v>210121</v>
+      </c>
       <c r="I10" t="str">
-        <v>chancef</v>
+        <v>trock87</v>
       </c>
       <c r="J10">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="K10">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L10">
         <v>2</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
         <v>3</v>
       </c>
       <c r="R10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T10">
         <v>5</v>
       </c>
       <c r="U10">
         <v>3</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10">
         <v>3</v>
       </c>
       <c r="X10">
         <v>3</v>
       </c>
       <c r="Y10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z10">
         <v>4</v>
       </c>
       <c r="AA10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
       <c r="AC10">
         <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>B</v>
       </c>
       <c r="B11" t="str">
-        <v>T3</v>
+        <v>T5</v>
       </c>
       <c r="C11">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D11" t="str">
-        <v>Parker Lentz</v>
+        <v>Chance Fry</v>
       </c>
       <c r="E11">
         <v>1</v>
       </c>
       <c r="F11">
         <v>57</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
       <c r="I11" t="str">
-        <v>parker2024</v>
+        <v>chancef</v>
       </c>
       <c r="J11">
         <v>1</v>
       </c>
       <c r="K11">
         <v>57</v>
       </c>
       <c r="L11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>2</v>
       </c>
       <c r="P11">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S11">
         <v>4</v>
       </c>
       <c r="T11">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V11">
         <v>3</v>
       </c>
       <c r="W11">
         <v>3</v>
       </c>
       <c r="X11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA11">
         <v>3</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
       <c r="AC11">
         <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>B</v>
       </c>
       <c r="B12" t="str">
-        <v>5</v>
+        <v>T5</v>
       </c>
       <c r="C12">
         <v>5</v>
       </c>
       <c r="D12" t="str">
-        <v>Bryce Keller</v>
+        <v>Parker Lentz</v>
       </c>
       <c r="E12">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F12">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
-      <c r="H12">
-[...1 lines deleted...]
-      </c>
       <c r="I12" t="str">
-        <v>bkeller3</v>
+        <v>parker2024</v>
       </c>
       <c r="J12">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K12">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="L12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P12">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q12">
         <v>3</v>
       </c>
       <c r="R12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T12">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V12">
         <v>3</v>
       </c>
       <c r="W12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y12">
         <v>4</v>
       </c>
       <c r="Z12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
       <c r="AC12">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>B</v>
       </c>
       <c r="B13" t="str">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C13">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D13" t="str">
-        <v>Adam Kinnaman</v>
+        <v>Bryce Keller</v>
       </c>
       <c r="E13">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F13">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="G13">
         <v>1</v>
       </c>
+      <c r="H13">
+        <v>166896</v>
+      </c>
       <c r="I13" t="str">
-        <v>akinnaman</v>
+        <v>bkeller3</v>
       </c>
       <c r="J13">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K13">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="L13">
         <v>2</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q13">
         <v>3</v>
       </c>
       <c r="R13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S13">
         <v>3</v>
       </c>
       <c r="T13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V13">
         <v>3</v>
       </c>
       <c r="W13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X13">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Y13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z13">
         <v>4</v>
       </c>
       <c r="AA13">
         <v>4</v>
       </c>
       <c r="AB13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC13">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>B</v>
       </c>
       <c r="B14" t="str">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C14">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D14" t="str">
-        <v>Jordan Novak</v>
+        <v>Adam Kinnaman</v>
       </c>
       <c r="E14">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="F14">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="G14">
         <v>1</v>
       </c>
-      <c r="H14">
-[...1 lines deleted...]
-      </c>
       <c r="I14" t="str">
-        <v>jrock10</v>
+        <v>akinnaman</v>
       </c>
       <c r="J14">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="K14">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="L14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P14">
         <v>4</v>
       </c>
       <c r="Q14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R14">
         <v>2</v>
       </c>
       <c r="S14">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="T14">
         <v>4</v>
       </c>
       <c r="U14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V14">
         <v>3</v>
       </c>
       <c r="W14">
         <v>3</v>
       </c>
       <c r="X14">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA14">
         <v>4</v>
       </c>
       <c r="AB14">
         <v>4</v>
       </c>
       <c r="AC14">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>B</v>
       </c>
       <c r="B15" t="str">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C15">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D15" t="str">
-        <v>Ethan Falk</v>
+        <v>Brandon Lepard</v>
       </c>
       <c r="E15">
-        <v>35</v>
+        <v>5</v>
       </c>
       <c r="F15">
-        <v>91</v>
+        <v>61</v>
       </c>
       <c r="G15">
         <v>1</v>
       </c>
       <c r="I15" t="str">
-        <v>ethanfalk</v>
+        <v>blepard52</v>
       </c>
       <c r="J15">
-        <v>35</v>
+        <v>5</v>
       </c>
       <c r="K15">
-        <v>91</v>
+        <v>61</v>
       </c>
       <c r="L15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R15">
         <v>3</v>
       </c>
       <c r="S15">
         <v>3</v>
       </c>
       <c r="T15">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U15">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="V15">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="W15">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="X15">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="Y15">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="Z15">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="AA15">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="AB15">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="AC15">
-        <v>7</v>
+        <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>B</v>
       </c>
       <c r="B16" t="str">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C16">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D16" t="str">
-        <v>Daniel Duensing</v>
+        <v>Jordan Novak</v>
       </c>
       <c r="E16">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="F16">
-        <v>92</v>
+        <v>66</v>
       </c>
       <c r="G16">
         <v>1</v>
       </c>
       <c r="H16">
-        <v>218140</v>
+        <v>153512</v>
       </c>
       <c r="I16" t="str">
-        <v>dandue</v>
+        <v>jrock10</v>
       </c>
       <c r="J16">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="K16">
-        <v>92</v>
+        <v>66</v>
       </c>
       <c r="L16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P16">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q16">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S16">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="T16">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="U16">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="V16">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="W16">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="X16">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="Y16">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="Z16">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="AA16">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="AB16">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="AC16">
-        <v>7</v>
+        <v>4</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
-        <v>C</v>
+        <v>B</v>
       </c>
       <c r="B17" t="str">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="C17">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="D17" t="str">
-        <v>Kelly Miller</v>
+        <v>Ethan Falk</v>
       </c>
       <c r="E17">
-        <v>5</v>
+        <v>35</v>
       </c>
       <c r="F17">
-        <v>61</v>
+        <v>91</v>
       </c>
       <c r="G17">
         <v>1</v>
       </c>
-      <c r="H17">
-[...1 lines deleted...]
-      </c>
       <c r="I17" t="str">
-        <v>bgfmly</v>
+        <v>ethanfalk</v>
       </c>
       <c r="J17">
-        <v>5</v>
+        <v>35</v>
       </c>
       <c r="K17">
-        <v>61</v>
+        <v>91</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P17">
         <v>3</v>
       </c>
       <c r="Q17">
         <v>2</v>
       </c>
       <c r="R17">
         <v>3</v>
       </c>
       <c r="S17">
         <v>3</v>
       </c>
       <c r="T17">
         <v>5</v>
       </c>
       <c r="U17">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="V17">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="W17">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="X17">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="Y17">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="Z17">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="AA17">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="AB17">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="AC17">
-        <v>3</v>
+        <v>7</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
-        <v>C</v>
+        <v>B</v>
       </c>
       <c r="B18" t="str">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="C18">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="D18" t="str">
-        <v>Mike Dansky</v>
+        <v>Daniel Duensing</v>
       </c>
       <c r="E18">
+        <v>36</v>
+      </c>
+      <c r="F18">
+        <v>92</v>
+      </c>
+      <c r="G18">
+        <v>1</v>
+      </c>
+      <c r="H18">
+        <v>218140</v>
+      </c>
+      <c r="I18" t="str">
+        <v>dandue</v>
+      </c>
+      <c r="J18">
+        <v>36</v>
+      </c>
+      <c r="K18">
+        <v>92</v>
+      </c>
+      <c r="L18">
+        <v>2</v>
+      </c>
+      <c r="M18">
+        <v>3</v>
+      </c>
+      <c r="N18">
+        <v>2</v>
+      </c>
+      <c r="O18">
+        <v>3</v>
+      </c>
+      <c r="P18">
+        <v>5</v>
+      </c>
+      <c r="Q18">
+        <v>2</v>
+      </c>
+      <c r="R18">
+        <v>3</v>
+      </c>
+      <c r="S18">
+        <v>2</v>
+      </c>
+      <c r="T18">
         <v>6</v>
       </c>
-      <c r="F18">
-[...43 lines deleted...]
-      </c>
       <c r="U18">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="V18">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="W18">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="X18">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="Y18">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="Z18">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="AA18">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="AB18">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="AC18">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>C</v>
       </c>
       <c r="B19" t="str">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C19">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D19" t="str">
+        <v>Kelly Miller</v>
+      </c>
+      <c r="E19">
+        <v>5</v>
+      </c>
+      <c r="F19">
+        <v>61</v>
+      </c>
+      <c r="G19">
+        <v>1</v>
+      </c>
+      <c r="H19">
+        <v>296503</v>
+      </c>
+      <c r="I19" t="str">
+        <v>bgfmly</v>
+      </c>
+      <c r="J19">
+        <v>5</v>
+      </c>
+      <c r="K19">
+        <v>61</v>
+      </c>
+      <c r="L19">
+        <v>3</v>
+      </c>
+      <c r="M19">
+        <v>4</v>
+      </c>
+      <c r="N19">
+        <v>4</v>
+      </c>
+      <c r="O19">
+        <v>4</v>
+      </c>
+      <c r="P19">
+        <v>3</v>
+      </c>
+      <c r="Q19">
+        <v>2</v>
+      </c>
+      <c r="R19">
+        <v>3</v>
+      </c>
+      <c r="S19">
+        <v>3</v>
+      </c>
+      <c r="T19">
+        <v>5</v>
+      </c>
+      <c r="U19">
+        <v>2</v>
+      </c>
+      <c r="V19">
+        <v>4</v>
+      </c>
+      <c r="W19">
+        <v>3</v>
+      </c>
+      <c r="X19">
+        <v>4</v>
+      </c>
+      <c r="Y19">
+        <v>4</v>
+      </c>
+      <c r="Z19">
+        <v>4</v>
+      </c>
+      <c r="AA19">
+        <v>3</v>
+      </c>
+      <c r="AB19">
+        <v>3</v>
+      </c>
+      <c r="AC19">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="str">
+        <v>C</v>
+      </c>
+      <c r="B20" t="str">
+        <v>2</v>
+      </c>
+      <c r="C20">
+        <v>2</v>
+      </c>
+      <c r="D20" t="str">
+        <v>Mike Dansky</v>
+      </c>
+      <c r="E20">
+        <v>6</v>
+      </c>
+      <c r="F20">
+        <v>62</v>
+      </c>
+      <c r="G20">
+        <v>1</v>
+      </c>
+      <c r="H20">
+        <v>20118</v>
+      </c>
+      <c r="I20" t="str">
+        <v>mrmiked</v>
+      </c>
+      <c r="J20">
+        <v>6</v>
+      </c>
+      <c r="K20">
+        <v>62</v>
+      </c>
+      <c r="L20">
+        <v>3</v>
+      </c>
+      <c r="M20">
+        <v>3</v>
+      </c>
+      <c r="N20">
+        <v>3</v>
+      </c>
+      <c r="O20">
+        <v>3</v>
+      </c>
+      <c r="P20">
+        <v>4</v>
+      </c>
+      <c r="Q20">
+        <v>2</v>
+      </c>
+      <c r="R20">
+        <v>3</v>
+      </c>
+      <c r="S20">
+        <v>5</v>
+      </c>
+      <c r="T20">
+        <v>5</v>
+      </c>
+      <c r="U20">
+        <v>3</v>
+      </c>
+      <c r="V20">
+        <v>3</v>
+      </c>
+      <c r="W20">
+        <v>3</v>
+      </c>
+      <c r="X20">
+        <v>4</v>
+      </c>
+      <c r="Y20">
+        <v>4</v>
+      </c>
+      <c r="Z20">
+        <v>3</v>
+      </c>
+      <c r="AA20">
+        <v>3</v>
+      </c>
+      <c r="AB20">
+        <v>4</v>
+      </c>
+      <c r="AC20">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="str">
+        <v>C</v>
+      </c>
+      <c r="B21" t="str">
+        <v>3</v>
+      </c>
+      <c r="C21">
+        <v>3</v>
+      </c>
+      <c r="D21" t="str">
         <v>Jeff O’Brien</v>
       </c>
-      <c r="E19">
+      <c r="E21">
         <v>9</v>
       </c>
-      <c r="F19">
+      <c r="F21">
         <v>65</v>
       </c>
-      <c r="G19">
-[...2 lines deleted...]
-      <c r="H19">
+      <c r="G21">
+        <v>1</v>
+      </c>
+      <c r="H21">
         <v>186510</v>
       </c>
-      <c r="I19" t="str">
+      <c r="I21" t="str">
         <v>jeffydahefty</v>
       </c>
-      <c r="J19">
+      <c r="J21">
         <v>9</v>
       </c>
-      <c r="K19">
+      <c r="K21">
         <v>65</v>
       </c>
-      <c r="L19">
-[...50 lines deleted...]
-      <c r="AC19">
+      <c r="L21">
+        <v>2</v>
+      </c>
+      <c r="M21">
+        <v>3</v>
+      </c>
+      <c r="N21">
+        <v>3</v>
+      </c>
+      <c r="O21">
+        <v>2</v>
+      </c>
+      <c r="P21">
+        <v>5</v>
+      </c>
+      <c r="Q21">
+        <v>3</v>
+      </c>
+      <c r="R21">
+        <v>2</v>
+      </c>
+      <c r="S21">
+        <v>4</v>
+      </c>
+      <c r="T21">
+        <v>7</v>
+      </c>
+      <c r="U21">
+        <v>3</v>
+      </c>
+      <c r="V21">
+        <v>4</v>
+      </c>
+      <c r="W21">
+        <v>3</v>
+      </c>
+      <c r="X21">
+        <v>5</v>
+      </c>
+      <c r="Y21">
+        <v>4</v>
+      </c>
+      <c r="Z21">
+        <v>4</v>
+      </c>
+      <c r="AA21">
+        <v>4</v>
+      </c>
+      <c r="AB21">
+        <v>2</v>
+      </c>
+      <c r="AC21">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AC19"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AC21"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 