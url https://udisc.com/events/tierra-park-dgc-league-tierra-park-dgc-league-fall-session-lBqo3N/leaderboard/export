--- v0 (2025-10-21)
+++ v1 (2025-12-17)
@@ -4112,50 +4112,53 @@
         <v>5</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>C</v>
       </c>
       <c r="B40" t="str">
         <v>3</v>
       </c>
       <c r="C40">
         <v>3</v>
       </c>
       <c r="D40" t="str">
         <v>Ryan Albertson</v>
       </c>
       <c r="E40">
         <v>2</v>
       </c>
       <c r="F40">
         <v>66</v>
       </c>
       <c r="G40">
         <v>1</v>
       </c>
+      <c r="H40">
+        <v>318333</v>
+      </c>
       <c r="I40" t="str">
         <v>ralbeez</v>
       </c>
       <c r="J40">
         <v>2</v>
       </c>
       <c r="K40">
         <v>66</v>
       </c>
       <c r="L40">
         <v>3</v>
       </c>
       <c r="M40">
         <v>3</v>
       </c>
       <c r="N40">
         <v>3</v>
       </c>
       <c r="O40">
         <v>3</v>
       </c>
       <c r="P40">
         <v>5</v>
       </c>
       <c r="Q40">