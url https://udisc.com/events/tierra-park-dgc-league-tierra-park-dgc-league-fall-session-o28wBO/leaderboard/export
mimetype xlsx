--- v0 (2025-10-21)
+++ v1 (2025-12-16)
@@ -2979,313 +2979,316 @@
       </c>
       <c r="AB27">
         <v>3</v>
       </c>
       <c r="AC27">
         <v>2</v>
       </c>
       <c r="AD27">
         <v>3</v>
       </c>
       <c r="AE27">
         <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>C</v>
       </c>
       <c r="B28" t="str">
         <v>T2</v>
       </c>
       <c r="C28">
         <v>2</v>
       </c>
       <c r="D28" t="str">
-        <v>Brandon Lepard</v>
+        <v>Ryan Albertson</v>
       </c>
       <c r="E28">
         <v>7</v>
       </c>
       <c r="F28">
         <v>69</v>
       </c>
       <c r="G28">
         <v>1</v>
       </c>
+      <c r="H28">
+        <v>318333</v>
+      </c>
       <c r="I28" t="str">
-        <v>blepard52</v>
+        <v>ralbeez</v>
       </c>
       <c r="J28">
         <v>7</v>
       </c>
       <c r="K28">
         <v>69</v>
       </c>
       <c r="L28">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M28">
         <v>3</v>
       </c>
       <c r="N28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O28">
         <v>3</v>
       </c>
       <c r="P28">
         <v>3</v>
       </c>
       <c r="Q28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U28">
         <v>3</v>
       </c>
       <c r="V28">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="W28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X28">
         <v>4</v>
       </c>
       <c r="Y28">
         <v>3</v>
       </c>
       <c r="Z28">
         <v>4</v>
       </c>
       <c r="AA28">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB28">
         <v>3</v>
       </c>
       <c r="AC28">
         <v>2</v>
       </c>
       <c r="AD28">
         <v>3</v>
       </c>
       <c r="AE28">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>C</v>
       </c>
       <c r="B29" t="str">
         <v>T2</v>
       </c>
       <c r="C29">
         <v>2</v>
       </c>
       <c r="D29" t="str">
-        <v>Matt Gass</v>
+        <v>Brandon Lepard</v>
       </c>
       <c r="E29">
         <v>7</v>
       </c>
       <c r="F29">
         <v>69</v>
       </c>
       <c r="G29">
         <v>1</v>
       </c>
       <c r="I29" t="str">
-        <v>mattgass</v>
+        <v>blepard52</v>
       </c>
       <c r="J29">
         <v>7</v>
       </c>
       <c r="K29">
         <v>69</v>
       </c>
       <c r="L29">
         <v>5</v>
       </c>
       <c r="M29">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q29">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S29">
         <v>4</v>
       </c>
       <c r="T29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V29">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="W29">
         <v>3</v>
       </c>
       <c r="X29">
         <v>4</v>
       </c>
       <c r="Y29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z29">
         <v>4</v>
       </c>
       <c r="AA29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB29">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AC29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AE29">
         <v>4</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>C</v>
       </c>
       <c r="B30" t="str">
         <v>T2</v>
       </c>
       <c r="C30">
         <v>2</v>
       </c>
       <c r="D30" t="str">
-        <v>Ryan Albertson</v>
+        <v>Matt Gass</v>
       </c>
       <c r="E30">
         <v>7</v>
       </c>
       <c r="F30">
         <v>69</v>
       </c>
       <c r="G30">
         <v>1</v>
       </c>
       <c r="I30" t="str">
-        <v>ralbeez</v>
+        <v>mattgass</v>
       </c>
       <c r="J30">
         <v>7</v>
       </c>
       <c r="K30">
         <v>69</v>
       </c>
       <c r="L30">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M30">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N30">
         <v>3</v>
       </c>
       <c r="O30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R30">
         <v>3</v>
       </c>
       <c r="S30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T30">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="U30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V30">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="W30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X30">
         <v>4</v>
       </c>
       <c r="Y30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z30">
         <v>4</v>
       </c>
       <c r="AA30">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AB30">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AC30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE30">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>C</v>
       </c>
       <c r="B31" t="str">
         <v>5</v>
       </c>
       <c r="C31">
         <v>5</v>
       </c>
       <c r="D31" t="str">
         <v>Kelly Miller</v>
       </c>
       <c r="E31">
         <v>10</v>
       </c>
       <c r="F31">
         <v>72</v>
       </c>
       <c r="G31">
         <v>1</v>
       </c>
       <c r="H31">