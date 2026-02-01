--- v0 (2025-12-28)
+++ v1 (2026-02-01)
@@ -548,62 +548,65 @@
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Matthew Versland</v>
       </c>
       <c r="E2">
         <v>-6</v>
       </c>
       <c r="F2">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="H2" t="str">
         <v>mversland</v>
       </c>
       <c r="I2">
         <v>-6</v>
       </c>
       <c r="J2">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="K2">
+        <v>3</v>
+      </c>
+      <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
         <v>4</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
         <v>2</v>
       </c>
       <c r="R2">
         <v>3</v>
       </c>
       <c r="S2">
         <v>3</v>
       </c>
       <c r="T2">
         <v>3</v>
@@ -699,131 +702,137 @@
       </c>
       <c r="W3">
         <v>4</v>
       </c>
       <c r="X3">
         <v>4</v>
       </c>
       <c r="Y3">
         <v>3</v>
       </c>
       <c r="Z3">
         <v>3</v>
       </c>
       <c r="AA3">
         <v>3</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
-        <v>T3</v>
+        <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Dave Waite</v>
       </c>
       <c r="E4">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="F4">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="H4" t="str">
         <v>davewaite</v>
       </c>
       <c r="I4">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="J4">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>4</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
         <v>4</v>
       </c>
       <c r="T4">
         <v>4</v>
       </c>
       <c r="U4">
         <v>3</v>
       </c>
       <c r="V4">
         <v>2</v>
       </c>
       <c r="W4">
         <v>5</v>
       </c>
       <c r="X4">
         <v>3</v>
       </c>
       <c r="Y4">
         <v>3</v>
+      </c>
+      <c r="Z4">
+        <v>3</v>
+      </c>
+      <c r="AA4">
+        <v>2</v>
       </c>
       <c r="AB4">
         <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
-        <v>T3</v>
+        <v>4</v>
       </c>
       <c r="C5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Ryan Gritter</v>
       </c>
       <c r="E5">
         <v>0</v>
       </c>
       <c r="F5">
         <v>59</v>
       </c>
       <c r="H5" t="str">
         <v>gritterr</v>
       </c>
       <c r="I5">
         <v>0</v>
       </c>
       <c r="J5">
         <v>59</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>2</v>
       </c>
@@ -951,65 +960,68 @@
       </c>
       <c r="Z6">
         <v>3</v>
       </c>
       <c r="AA6">
         <v>4</v>
       </c>
       <c r="AB6">
         <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Ryan Fosberry</v>
       </c>
       <c r="E7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F7">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="H7" t="str">
         <v>fpuryan</v>
       </c>
       <c r="I7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J7">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="K7">
+        <v>4</v>
+      </c>
+      <c r="L7">
         <v>4</v>
       </c>
       <c r="M7">
         <v>5</v>
       </c>
       <c r="N7">
         <v>5</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
         <v>2</v>
       </c>
       <c r="Q7">
         <v>4</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
         <v>4</v>
       </c>
       <c r="T7">
         <v>3</v>
@@ -1117,66 +1129,69 @@
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
         <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>Matt Blazer</v>
       </c>
       <c r="E9">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F9">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="H9" t="str">
         <v>blazermania</v>
       </c>
       <c r="I9">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="J9">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="K9">
         <v>3</v>
+      </c>
+      <c r="L9">
+        <v>2</v>
       </c>
       <c r="M9">
         <v>4</v>
       </c>
       <c r="N9">
         <v>4</v>
       </c>
       <c r="O9">
         <v>4</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
         <v>2</v>
       </c>
       <c r="R9">
         <v>4</v>
       </c>
       <c r="S9">
         <v>4</v>
       </c>
       <c r="T9">
         <v>5</v>
       </c>
@@ -1200,182 +1215,194 @@
       </c>
       <c r="AA9">
         <v>3</v>
       </c>
       <c r="AB9">
         <v>5</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
         <v>Matt Pascucci</v>
       </c>
       <c r="E10">
         <v>10</v>
       </c>
       <c r="F10">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="H10" t="str">
         <v>burton1515</v>
       </c>
       <c r="I10">
         <v>10</v>
       </c>
       <c r="J10">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="K10">
         <v>5</v>
       </c>
       <c r="L10">
         <v>6</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>4</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>4</v>
       </c>
       <c r="Q10">
         <v>2</v>
       </c>
       <c r="R10">
         <v>4</v>
       </c>
       <c r="S10">
         <v>4</v>
       </c>
       <c r="T10">
         <v>4</v>
       </c>
       <c r="U10">
         <v>4</v>
       </c>
       <c r="V10">
         <v>4</v>
       </c>
       <c r="W10">
         <v>5</v>
       </c>
       <c r="X10">
         <v>4</v>
       </c>
       <c r="Y10">
+        <v>4</v>
+      </c>
+      <c r="Z10">
+        <v>2</v>
+      </c>
+      <c r="AA10">
         <v>4</v>
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
         <v>Brian Nardi</v>
       </c>
       <c r="E11">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F11">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="H11" t="str">
         <v>bnardi</v>
       </c>
       <c r="I11">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="J11">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="K11">
         <v>4</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>5</v>
       </c>
       <c r="N11">
         <v>4</v>
       </c>
       <c r="O11">
         <v>4</v>
       </c>
       <c r="P11">
         <v>5</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
         <v>3</v>
       </c>
       <c r="S11">
         <v>5</v>
       </c>
       <c r="T11">
         <v>5</v>
       </c>
       <c r="U11">
         <v>4</v>
       </c>
       <c r="V11">
         <v>3</v>
       </c>
       <c r="W11">
         <v>6</v>
       </c>
       <c r="X11">
         <v>4</v>
       </c>
       <c r="Y11">
         <v>6</v>
+      </c>
+      <c r="Z11">
+        <v>2</v>
+      </c>
+      <c r="AA11">
+        <v>3</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB11"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>