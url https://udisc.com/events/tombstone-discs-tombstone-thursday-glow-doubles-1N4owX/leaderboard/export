--- v0 (2025-11-21)
+++ v1 (2026-01-12)
@@ -534,433 +534,463 @@
       </c>
       <c r="W1" t="str">
         <v>hole_13</v>
       </c>
       <c r="X1" t="str">
         <v>hole_14</v>
       </c>
       <c r="Y1" t="str">
         <v>hole_15</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>T1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
-        <v>Ben Dixon &amp; Karl Nykwist</v>
+        <v>David Lobbezoo &amp; Craig Dishkin</v>
       </c>
       <c r="E2">
         <v>-7</v>
       </c>
       <c r="F2">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="H2" t="str">
-        <v>bendixon,clutchkarl</v>
+        <v>zoodave,dishkin</v>
       </c>
       <c r="I2">
         <v>-7</v>
       </c>
       <c r="J2">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="K2">
         <v>2</v>
       </c>
       <c r="L2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
         <v>3</v>
       </c>
       <c r="R2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S2">
         <v>2</v>
       </c>
       <c r="T2">
         <v>2</v>
       </c>
       <c r="U2">
         <v>3</v>
       </c>
       <c r="V2">
         <v>2</v>
       </c>
       <c r="W2">
         <v>3</v>
       </c>
       <c r="X2">
+        <v>3</v>
+      </c>
+      <c r="Y2">
+        <v>3</v>
+      </c>
+      <c r="Z2">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>T1</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3" t="str">
-        <v>David Lobbezoo &amp; Craig Dishkin</v>
+        <v>Noah Tom</v>
       </c>
       <c r="E3">
         <v>-7</v>
       </c>
       <c r="F3">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="H3" t="str">
-        <v>zoodave,dishkin</v>
+        <v>htwooh</v>
       </c>
       <c r="I3">
         <v>-7</v>
       </c>
       <c r="J3">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="K3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L3">
         <v>2</v>
       </c>
       <c r="M3">
+        <v>2</v>
+      </c>
+      <c r="N3">
+        <v>3</v>
+      </c>
+      <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
         <v>3</v>
       </c>
       <c r="R3">
         <v>2</v>
       </c>
       <c r="S3">
         <v>2</v>
       </c>
       <c r="T3">
         <v>2</v>
       </c>
       <c r="U3">
         <v>3</v>
       </c>
       <c r="V3">
         <v>2</v>
       </c>
       <c r="W3">
         <v>3</v>
       </c>
       <c r="X3">
         <v>3</v>
       </c>
       <c r="Y3">
         <v>3</v>
       </c>
       <c r="Z3">
         <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
-        <v>3</v>
+        <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
-        <v>Noah Tom</v>
+        <v>Ben Dixon &amp; Karl Nykwist</v>
       </c>
       <c r="E4">
         <v>-6</v>
       </c>
       <c r="F4">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="H4" t="str">
-        <v>htwooh</v>
+        <v>bendixon,clutchkarl</v>
       </c>
       <c r="I4">
         <v>-6</v>
       </c>
       <c r="J4">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="K4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M4">
         <v>2</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S4">
         <v>2</v>
       </c>
       <c r="T4">
         <v>2</v>
       </c>
+      <c r="U4">
+        <v>3</v>
+      </c>
+      <c r="V4">
+        <v>2</v>
+      </c>
       <c r="W4">
         <v>3</v>
       </c>
       <c r="X4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z4">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
-        <v>T4</v>
+        <v>T3</v>
       </c>
       <c r="C5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D5" t="str">
         <v>Justin Rintoul &amp; Richard Leischner</v>
       </c>
       <c r="E5">
-        <v>-5</v>
+        <v>-6</v>
       </c>
       <c r="F5">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="H5" t="str">
         <v>juicetan91,tightlines</v>
       </c>
       <c r="I5">
-        <v>-5</v>
+        <v>-6</v>
       </c>
       <c r="J5">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
+        <v>2</v>
+      </c>
+      <c r="N5">
+        <v>3</v>
+      </c>
+      <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
         <v>2</v>
       </c>
       <c r="S5">
         <v>2</v>
       </c>
       <c r="T5">
         <v>2</v>
       </c>
       <c r="U5">
         <v>3</v>
       </c>
       <c r="V5">
         <v>2</v>
       </c>
       <c r="W5">
         <v>3</v>
       </c>
       <c r="X5">
         <v>2</v>
       </c>
       <c r="Y5">
         <v>4</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
-        <v>T4</v>
+        <v>T5</v>
       </c>
       <c r="C6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Aaron Pottinger &amp; Jason MacGregor</v>
       </c>
       <c r="E6">
         <v>-5</v>
       </c>
       <c r="F6">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="H6" t="str">
         <v>potsypottinger,grahux</v>
       </c>
       <c r="I6">
         <v>-5</v>
       </c>
       <c r="J6">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="K6">
         <v>2</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>2</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>2</v>
       </c>
       <c r="P6">
+        <v>3</v>
+      </c>
+      <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
         <v>3</v>
       </c>
       <c r="S6">
         <v>2</v>
       </c>
       <c r="T6">
         <v>2</v>
       </c>
       <c r="U6">
         <v>4</v>
       </c>
       <c r="V6">
         <v>3</v>
       </c>
       <c r="W6">
         <v>3</v>
       </c>
       <c r="X6">
         <v>3</v>
       </c>
       <c r="Y6">
         <v>3</v>
       </c>
       <c r="Z6">
         <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
-        <v>T4</v>
+        <v>T5</v>
       </c>
       <c r="C7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D7" t="str">
         <v>Jason Ovans &amp; Hudson</v>
       </c>
       <c r="E7">
         <v>-5</v>
       </c>
       <c r="F7">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="H7" t="str">
         <v>hova666,hudsonbowen</v>
       </c>
       <c r="I7">
         <v>-5</v>
       </c>
       <c r="J7">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>2</v>
+      </c>
+      <c r="N7">
+        <v>3</v>
       </c>
       <c r="O7">
         <v>4</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
         <v>2</v>
       </c>
       <c r="S7">
         <v>3</v>
       </c>
       <c r="T7">
         <v>3</v>
       </c>
       <c r="U7">
         <v>2</v>
       </c>
       <c r="V7">
         <v>2</v>
       </c>
@@ -972,421 +1002,451 @@
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
         <v>2</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Kal Leerholm &amp; Jack Potter</v>
       </c>
       <c r="E8">
         <v>-4</v>
       </c>
       <c r="F8">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="H8" t="str">
         <v>xxkalvinxx,jackfrisbee</v>
       </c>
       <c r="I8">
         <v>-4</v>
       </c>
       <c r="J8">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
         <v>2</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>4</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
         <v>4</v>
       </c>
       <c r="R8">
         <v>2</v>
       </c>
       <c r="S8">
         <v>2</v>
       </c>
       <c r="T8">
         <v>3</v>
       </c>
       <c r="U8">
         <v>2</v>
       </c>
       <c r="V8">
         <v>2</v>
       </c>
       <c r="W8">
         <v>3</v>
       </c>
       <c r="X8">
         <v>2</v>
+      </c>
+      <c r="Y8">
+        <v>3</v>
+      </c>
+      <c r="Z8">
+        <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>Jason Girdham &amp; Valters millers</v>
       </c>
       <c r="E9">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="F9">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="H9" t="str">
         <v>girdo75,valters748</v>
       </c>
       <c r="I9">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="J9">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
         <v>3</v>
       </c>
       <c r="R9">
         <v>2</v>
       </c>
       <c r="S9">
         <v>3</v>
       </c>
       <c r="T9">
+        <v>2</v>
+      </c>
+      <c r="U9">
+        <v>3</v>
+      </c>
+      <c r="V9">
         <v>2</v>
       </c>
       <c r="W9">
         <v>3</v>
       </c>
       <c r="X9">
         <v>3</v>
       </c>
       <c r="Y9">
         <v>4</v>
       </c>
       <c r="Z9">
         <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
-        <v>9</v>
+        <v>T9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
-        <v>Mike Cooper &amp; Alex Tessier</v>
+        <v>Alex Coleman &amp; Ian Noel</v>
       </c>
       <c r="E10">
         <v>-1</v>
       </c>
       <c r="F10">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="H10" t="str">
-        <v>mrcooper,ehtess</v>
+        <v>alexwc,ewokewok</v>
       </c>
       <c r="I10">
         <v>-1</v>
       </c>
       <c r="J10">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="K10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
+      <c r="N10">
+        <v>3</v>
+      </c>
       <c r="O10">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P10">
         <v>4</v>
       </c>
       <c r="Q10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R10">
         <v>2</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U10">
         <v>3</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10">
         <v>3</v>
       </c>
       <c r="X10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y10">
         <v>3</v>
       </c>
       <c r="Z10">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
-        <v>T10</v>
+        <v>T9</v>
       </c>
       <c r="C11">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D11" t="str">
-        <v>Alex Coleman &amp; Ian Noel</v>
+        <v>Mike Cooper &amp; Alex Tessier</v>
       </c>
       <c r="E11">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="F11">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="H11" t="str">
-        <v>alexwc,ewokewok</v>
+        <v>mrcooper,ehtess</v>
       </c>
       <c r="I11">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="J11">
-        <v>42</v>
+        <v>47</v>
+      </c>
+      <c r="K11">
+        <v>3</v>
+      </c>
+      <c r="L11">
+        <v>4</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P11">
         <v>4</v>
       </c>
       <c r="Q11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R11">
         <v>2</v>
       </c>
       <c r="S11">
         <v>3</v>
       </c>
       <c r="T11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U11">
         <v>3</v>
       </c>
       <c r="V11">
         <v>3</v>
       </c>
       <c r="W11">
         <v>3</v>
       </c>
       <c r="X11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y11">
         <v>3</v>
       </c>
       <c r="Z11">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
-        <v>T10</v>
+        <v>11</v>
       </c>
       <c r="C12">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D12" t="str">
         <v>Mike Watson &amp; Chris Koehn</v>
       </c>
       <c r="E12">
         <v>0</v>
       </c>
       <c r="F12">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="H12" t="str">
-        <v>mwatson88,ckgarbot</v>
+        <v>mwatson88,chriskdisgolf</v>
       </c>
       <c r="I12">
         <v>0</v>
       </c>
       <c r="J12">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="K12">
         <v>3</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
+        <v>3</v>
+      </c>
+      <c r="Q12">
         <v>3</v>
       </c>
       <c r="R12">
         <v>2</v>
       </c>
       <c r="S12">
         <v>3</v>
       </c>
       <c r="T12">
         <v>3</v>
       </c>
       <c r="U12">
         <v>3</v>
       </c>
       <c r="V12">
         <v>4</v>
       </c>
       <c r="W12">
         <v>3</v>
       </c>
       <c r="X12">
         <v>3</v>
       </c>
       <c r="Y12">
         <v>3</v>
       </c>
       <c r="Z12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
         <v>Waldie &amp; Amanda Sapieha</v>
       </c>
       <c r="E13">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="F13">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="H13" t="str">
         <v>waldie,asapieha</v>
       </c>
       <c r="I13">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="J13">
-        <v>51</v>
+        <v>59</v>
+      </c>
+      <c r="K13">
+        <v>4</v>
+      </c>
+      <c r="L13">
+        <v>4</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>4</v>
       </c>
       <c r="O13">
         <v>4</v>
       </c>
       <c r="P13">
         <v>5</v>
       </c>
       <c r="Q13">
         <v>5</v>
       </c>
       <c r="R13">
         <v>3</v>
       </c>
       <c r="S13">
         <v>3</v>
       </c>
       <c r="T13">
         <v>3</v>
       </c>