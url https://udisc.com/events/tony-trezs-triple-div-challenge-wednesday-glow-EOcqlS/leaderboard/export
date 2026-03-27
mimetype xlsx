--- v0 (2026-02-16)
+++ v1 (2026-03-27)
@@ -1224,51 +1224,51 @@
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>7</v>
       </c>
       <c r="B10" t="str">
         <v>2</v>
       </c>
       <c r="C10">
         <v>2</v>
       </c>
       <c r="D10" t="str">
         <v>Tony Reyes III</v>
       </c>
       <c r="E10">
         <v>-5</v>
       </c>
       <c r="F10">
         <v>50</v>
       </c>
       <c r="G10">
         <v>270074</v>
       </c>
       <c r="H10" t="str">
-        <v>tonytrez</v>
+        <v>tonytonytrez</v>
       </c>
       <c r="I10">
         <v>-5</v>
       </c>
       <c r="J10">
         <v>50</v>
       </c>
       <c r="K10">
         <v>2</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>2</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>2</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>