--- v0 (2025-11-02)
+++ v1 (2025-12-10)
@@ -2596,50 +2596,53 @@
         <v>4</v>
       </c>
       <c r="AB25">
         <v>4</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
         <v>25</v>
       </c>
       <c r="C26">
         <v>25</v>
       </c>
       <c r="D26" t="str">
         <v>Logan Scarbrough</v>
       </c>
       <c r="E26">
         <v>16</v>
       </c>
       <c r="F26">
         <v>70</v>
       </c>
+      <c r="G26">
+        <v>306749</v>
+      </c>
       <c r="H26" t="str">
         <v>logans901</v>
       </c>
       <c r="I26">
         <v>16</v>
       </c>
       <c r="J26">
         <v>70</v>
       </c>
       <c r="K26">
         <v>3</v>
       </c>
       <c r="L26">
         <v>4</v>
       </c>
       <c r="M26">
         <v>3</v>
       </c>
       <c r="N26">
         <v>2</v>
       </c>
       <c r="O26">
         <v>4</v>
       </c>
       <c r="P26">