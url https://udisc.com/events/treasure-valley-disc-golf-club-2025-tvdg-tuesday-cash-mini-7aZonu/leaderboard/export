--- v0 (2025-10-06)
+++ v1 (2026-03-02)
@@ -542,576 +542,636 @@
       </c>
       <c r="Y1" t="str">
         <v>hole_15</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>PROMA1</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
-        <v>Brighton Hood</v>
+        <v>Kenneth Halstead</v>
       </c>
       <c r="E2">
-        <v>-4</v>
+        <v>-11</v>
       </c>
       <c r="F2">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="G2">
-        <v>142492</v>
+        <v>113815</v>
       </c>
       <c r="H2" t="str">
-        <v>brighton</v>
+        <v>kennyh81</v>
       </c>
       <c r="I2">
-        <v>-4</v>
+        <v>-11</v>
       </c>
       <c r="J2">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="K2">
         <v>2</v>
       </c>
       <c r="L2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M2">
         <v>2</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S2">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="T2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W2">
         <v>3</v>
       </c>
       <c r="X2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z2">
         <v>2</v>
       </c>
       <c r="AA2">
         <v>2</v>
       </c>
       <c r="AB2">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>PROMA1</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
-        <v xml:space="preserve">Justin Bowden </v>
+        <v>Brighton Hood</v>
       </c>
       <c r="E3">
-        <v>-3</v>
+        <v>-4</v>
       </c>
       <c r="F3">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="G3">
-        <v>282369</v>
+        <v>142492</v>
       </c>
       <c r="H3" t="str">
-        <v>jmbowden01</v>
+        <v>brighton</v>
       </c>
       <c r="I3">
-        <v>-3</v>
+        <v>-4</v>
       </c>
       <c r="J3">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="K3">
         <v>2</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>2</v>
       </c>
       <c r="N3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R3">
         <v>3</v>
       </c>
       <c r="S3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="T3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U3">
         <v>2</v>
       </c>
       <c r="V3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="X3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z3">
         <v>2</v>
       </c>
       <c r="AA3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB3">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>PROMA1</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
-        <v>Brett Nichols</v>
+        <v xml:space="preserve">Justin Bowden </v>
       </c>
       <c r="E4">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="F4">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G4">
-        <v>108433</v>
+        <v>282369</v>
       </c>
       <c r="H4" t="str">
-        <v>bnick42k</v>
+        <v>jmbowden01</v>
       </c>
       <c r="I4">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="J4">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K4">
         <v>2</v>
       </c>
       <c r="L4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M4">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N4">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O4">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U4">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W4">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="X4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>PROMA1</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
-        <v>Chance Desaro</v>
+        <v>Brett Nichols</v>
       </c>
       <c r="E5">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="F5">
-        <v>54</v>
+        <v>52</v>
+      </c>
+      <c r="G5">
+        <v>108433</v>
       </c>
       <c r="H5" t="str">
-        <v>chancedesaro</v>
+        <v>bnick42k</v>
       </c>
       <c r="I5">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="J5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="K5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N5">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="O5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">
         <v>2</v>
       </c>
       <c r="U5">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="V5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W5">
         <v>3</v>
       </c>
       <c r="X5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y5">
         <v>3</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>PROMA1</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
-        <v>Adam George</v>
+        <v>Chance Desaro</v>
       </c>
       <c r="E6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F6">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>211513</v>
+        <v>54</v>
       </c>
       <c r="H6" t="str">
-        <v>adamgarchery</v>
+        <v>chancedesaro</v>
       </c>
       <c r="I6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="J6">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M6">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S6">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U6">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y6">
         <v>3</v>
       </c>
       <c r="Z6">
         <v>3</v>
       </c>
       <c r="AA6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>PROMA1</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
-        <v xml:space="preserve">Derek Kirkland </v>
+        <v>Adam George</v>
       </c>
       <c r="E7">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F7">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="G7">
-        <v>141895</v>
+        <v>211513</v>
       </c>
       <c r="H7" t="str">
-        <v>derekkirkland</v>
+        <v>adamgarchery</v>
       </c>
       <c r="I7">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="J7">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="M7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S7">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V7">
         <v>2</v>
       </c>
       <c r="W7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z7">
         <v>3</v>
       </c>
       <c r="AA7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>PROMA1</v>
       </c>
+      <c r="B8" t="str">
+        <v>7</v>
+      </c>
+      <c r="C8">
+        <v>7</v>
+      </c>
       <c r="D8" t="str">
-        <v>Kenneth Halstead</v>
+        <v xml:space="preserve">Derek Kirkland </v>
       </c>
       <c r="E8">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="F8">
-        <v>0</v>
+        <v>58</v>
       </c>
       <c r="G8">
-        <v>113815</v>
+        <v>141895</v>
       </c>
       <c r="H8" t="str">
-        <v>kennyh81</v>
+        <v>derekkirkland</v>
       </c>
       <c r="I8">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="J8">
-        <v>0</v>
+        <v>58</v>
+      </c>
+      <c r="K8">
+        <v>3</v>
+      </c>
+      <c r="L8">
+        <v>5</v>
+      </c>
+      <c r="M8">
+        <v>4</v>
+      </c>
+      <c r="N8">
+        <v>3</v>
+      </c>
+      <c r="O8">
+        <v>3</v>
+      </c>
+      <c r="P8">
+        <v>3</v>
+      </c>
+      <c r="Q8">
+        <v>4</v>
+      </c>
+      <c r="R8">
+        <v>3</v>
+      </c>
+      <c r="S8">
+        <v>3</v>
+      </c>
+      <c r="T8">
+        <v>4</v>
+      </c>
+      <c r="U8">
+        <v>4</v>
+      </c>
+      <c r="V8">
+        <v>2</v>
+      </c>
+      <c r="W8">
+        <v>3</v>
+      </c>
+      <c r="X8">
+        <v>3</v>
+      </c>
+      <c r="Y8">
+        <v>2</v>
+      </c>
+      <c r="Z8">
+        <v>3</v>
+      </c>
+      <c r="AA8">
+        <v>3</v>
+      </c>
+      <c r="AB8">
+        <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>AMA</v>
       </c>
       <c r="B9" t="str">
         <v>1</v>
       </c>
       <c r="C9">
         <v>1</v>
       </c>
       <c r="D9" t="str">
         <v>Joe Kondor</v>
       </c>
       <c r="E9">
         <v>-1</v>
       </c>
       <c r="F9">
         <v>53</v>
       </c>
       <c r="G9">
         <v>194663</v>
       </c>
       <c r="H9" t="str">