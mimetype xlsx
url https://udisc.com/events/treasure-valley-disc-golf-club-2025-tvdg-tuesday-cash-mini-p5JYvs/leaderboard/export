--- v0 (2025-10-06)
+++ v1 (2026-03-02)
@@ -812,51 +812,51 @@
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>PROMA1</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Kevin Vanderbeek</v>
       </c>
       <c r="E5">
         <v>-3</v>
       </c>
       <c r="F5">
         <v>55</v>
       </c>
       <c r="G5">
         <v>209327</v>
       </c>
       <c r="H5" t="str">
-        <v>kbones</v>
+        <v>groundbeef</v>
       </c>
       <c r="I5">
         <v>-3</v>
       </c>
       <c r="J5">
         <v>55</v>
       </c>
       <c r="K5">
         <v>2</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>4</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>