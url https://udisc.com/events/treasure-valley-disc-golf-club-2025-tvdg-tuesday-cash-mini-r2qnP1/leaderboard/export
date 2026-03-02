--- v0 (2025-10-06)
+++ v1 (2026-03-02)
@@ -1153,51 +1153,51 @@
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>PROMA1</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>Kevin Vanderbeek</v>
       </c>
       <c r="E9">
         <v>7</v>
       </c>
       <c r="F9">
         <v>61</v>
       </c>
       <c r="G9">
         <v>209327</v>
       </c>
       <c r="H9" t="str">
-        <v>kbones</v>
+        <v>groundbeef</v>
       </c>
       <c r="I9">
         <v>7</v>
       </c>
       <c r="J9">
         <v>61</v>
       </c>
       <c r="K9">
         <v>2</v>
       </c>
       <c r="L9">
         <v>5</v>
       </c>
       <c r="M9">
         <v>4</v>
       </c>
       <c r="N9">
         <v>4</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>