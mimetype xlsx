--- v0 (2025-10-21)
+++ v1 (2025-11-25)
@@ -414,460 +414,494 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:L11"/>
+  <dimension ref="A1:M11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="9.83203125" customWidth="1"/>
     <col min="9" max="9" width="22.83203125" customWidth="1"/>
     <col min="10" max="10" width="22.83203125" customWidth="1"/>
     <col min="11" max="11" width="19.83203125" customWidth="1"/>
     <col min="12" max="12" width="19.83203125" customWidth="1"/>
+    <col min="13" max="13" width="6.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>division</v>
       </c>
       <c r="B1" t="str">
         <v>position</v>
       </c>
       <c r="C1" t="str">
         <v>position_raw</v>
       </c>
       <c r="D1" t="str">
         <v>name</v>
       </c>
       <c r="E1" t="str">
         <v>event_relative_score</v>
       </c>
       <c r="F1" t="str">
         <v>event_total_score</v>
       </c>
       <c r="G1" t="str">
         <v>pdga_number</v>
       </c>
       <c r="H1" t="str">
         <v>usernames</v>
       </c>
       <c r="I1" t="str">
         <v>round_1_relative_score</v>
       </c>
       <c r="J1" t="str">
         <v>round_2_relative_score</v>
       </c>
       <c r="K1" t="str">
         <v>round_1_total_score</v>
       </c>
       <c r="L1" t="str">
         <v>round_2_total_score</v>
       </c>
+      <c r="M1" t="str">
+        <v>payout</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>T1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Cameron Bryan &amp; Rick Brockman</v>
       </c>
       <c r="E2">
         <v>-12</v>
       </c>
       <c r="F2">
         <v>66</v>
       </c>
       <c r="H2" t="str">
         <v>cb9866,rbrockman79</v>
       </c>
       <c r="I2">
         <v>-6</v>
       </c>
       <c r="J2">
         <v>-6</v>
       </c>
       <c r="K2">
         <v>33</v>
       </c>
       <c r="L2">
         <v>33</v>
       </c>
+      <c r="M2" t="str">
+        <v>10</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>T1</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3" t="str">
         <v>Alan Robinson &amp; Benjammin Hamilton</v>
       </c>
       <c r="E3">
         <v>-12</v>
       </c>
       <c r="F3">
         <v>66</v>
       </c>
       <c r="H3" t="str">
         <v>abomb69,benjammin24</v>
       </c>
       <c r="I3">
         <v>-7</v>
       </c>
       <c r="J3">
         <v>-5</v>
       </c>
       <c r="K3">
         <v>32</v>
       </c>
       <c r="L3">
         <v>34</v>
       </c>
+      <c r="M3" t="str">
+        <v>10</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Mike Johnson &amp; Derek Hohneke</v>
       </c>
       <c r="E4">
         <v>-8</v>
       </c>
       <c r="F4">
         <v>70</v>
       </c>
       <c r="H4" t="str">
         <v>graveytrain4eva,thecaveman</v>
       </c>
       <c r="I4">
         <v>-5</v>
       </c>
       <c r="J4">
         <v>-3</v>
       </c>
       <c r="K4">
         <v>34</v>
       </c>
       <c r="L4">
         <v>36</v>
       </c>
+      <c r="M4" t="str">
+        <v>8</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Chris Clay &amp; Cody McCune</v>
       </c>
       <c r="E5">
         <v>-6</v>
       </c>
       <c r="F5">
         <v>72</v>
       </c>
       <c r="H5" t="str">
         <v>dreadhead420,codymc</v>
       </c>
       <c r="I5">
         <v>-3</v>
       </c>
       <c r="J5">
         <v>-3</v>
       </c>
       <c r="K5">
         <v>36</v>
       </c>
       <c r="L5">
         <v>36</v>
       </c>
+      <c r="M5" t="str">
+        <v>7</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v xml:space="preserve">Michael Atkinson &amp; Jonathan Mitchell </v>
       </c>
       <c r="E6">
         <v>-5</v>
       </c>
       <c r="F6">
         <v>73</v>
       </c>
       <c r="H6" t="str">
         <v>sh8dy99,wolfwelder666</v>
       </c>
       <c r="I6">
         <v>-2</v>
       </c>
       <c r="J6">
         <v>-3</v>
       </c>
       <c r="K6">
         <v>37</v>
       </c>
       <c r="L6">
         <v>36</v>
       </c>
+      <c r="M6" t="str">
+        <v>6</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Jim Price &amp; Tim Clark</v>
       </c>
       <c r="E7">
         <v>-4</v>
       </c>
       <c r="F7">
         <v>74</v>
       </c>
       <c r="H7" t="str">
         <v>jpricelesss,timtation</v>
       </c>
       <c r="I7">
         <v>-3</v>
       </c>
       <c r="J7">
         <v>-1</v>
       </c>
       <c r="K7">
         <v>36</v>
       </c>
       <c r="L7">
         <v>38</v>
       </c>
+      <c r="M7" t="str">
+        <v>5</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Don Halley &amp; Nick Hass</v>
       </c>
       <c r="E8">
         <v>-3</v>
       </c>
       <c r="F8">
         <v>75</v>
       </c>
       <c r="H8" t="str">
         <v>poppop55,badasshass</v>
       </c>
       <c r="I8">
         <v>-2</v>
       </c>
       <c r="J8">
         <v>-1</v>
       </c>
       <c r="K8">
         <v>37</v>
       </c>
       <c r="L8">
         <v>38</v>
       </c>
+      <c r="M8" t="str">
+        <v>4</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v xml:space="preserve">Daniel Routh &amp; Leif Eyberg </v>
       </c>
       <c r="E9">
         <v>1</v>
       </c>
       <c r="F9">
         <v>79</v>
       </c>
       <c r="H9" t="str">
         <v>dansdiscdyes,eyberg</v>
       </c>
       <c r="I9">
         <v>1</v>
       </c>
       <c r="J9">
         <v>0</v>
       </c>
       <c r="K9">
         <v>40</v>
       </c>
       <c r="L9">
         <v>39</v>
       </c>
+      <c r="M9" t="str">
+        <v>3</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>T9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
         <v xml:space="preserve">Mark Uptegrove </v>
       </c>
       <c r="E10">
         <v>2</v>
       </c>
       <c r="F10">
         <v>80</v>
       </c>
       <c r="H10" t="str">
         <v>markusarialious</v>
       </c>
       <c r="I10">
         <v>0</v>
       </c>
       <c r="J10">
         <v>2</v>
       </c>
       <c r="K10">
         <v>39</v>
       </c>
       <c r="L10">
         <v>41</v>
       </c>
+      <c r="M10" t="str">
+        <v>2</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>T9</v>
       </c>
       <c r="C11">
         <v>9</v>
       </c>
       <c r="D11" t="str">
         <v>Patrick Price &amp; Derek mead</v>
       </c>
       <c r="E11">
         <v>2</v>
       </c>
       <c r="F11">
         <v>80</v>
       </c>
       <c r="H11" t="str">
         <v>izzyman,derekmead23</v>
       </c>
       <c r="I11">
         <v>0</v>
       </c>
       <c r="J11">
         <v>2</v>
       </c>
       <c r="K11">
         <v>39</v>
       </c>
       <c r="L11">
         <v>41</v>
       </c>
+      <c r="M11" t="str">
+        <v>2</v>
+      </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:L11"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:M11"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:W11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="9.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>